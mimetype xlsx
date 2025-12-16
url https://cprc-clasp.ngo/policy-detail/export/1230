--- v0 (2025-10-15)
+++ v1 (2025-12-16)
@@ -17,51 +17,51 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="35">
   <si>
     <t>title</t>
   </si>
   <si>
-    <t>field_unofficial_name</t>
+    <t>Policy Name</t>
   </si>
   <si>
     <t>Source</t>
   </si>
   <si>
     <t>Policy Description</t>
   </si>
   <si>
     <t>Adopted Date</t>
   </si>
   <si>
     <t>Region</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Changed</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
@@ -77,129 +77,130 @@
   <si>
     <t>Products Covered</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Requirements</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Scope</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
     <t>Energy Labeling Scheme</t>
   </si>
   <si>
-    <t>http://www.undp.org/content/dam/tajikistan/docs/library/UNDP_TJK_Energy_Efficie…</t>
+    <t>http://www.undp.org/content/dam/tajikistan/docs/library/UNDP_TJK_Energy_Efficiency_Master_Plan_for_Tajikistan_Eng.pdf</t>
   </si>
   <si>
     <t>Asia and Pacific</t>
   </si>
   <si>
     <t>Tajikistan</t>
   </si>
   <si>
     <t>Thu, 06/03/2021 - 20:18</t>
   </si>
   <si>
     <t>Electricity, Gas</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>December 2020</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>Non-Directional lamps, Directional Lamps, Boilers and Furnaces, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Ministry of Energy and Water Resources  ( https://www.mewr.tj/ )</t>
   </si>
   <si>
     <t>Refrigerators and freezers, washing machines, electric ovens, households lamps, air-conditioners. Energy efficiency labelling scheme is to inform the end users about energy consumption data, maintenance, operation guidelines, installation and other relevant data for determination of operational costs. Energy labelling has the best impact on household appliances because the users can get informed on independent basis.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-labeling-scheme</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -471,70 +472,70 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:T2"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="26" bestFit="true" customWidth="true" style="0"/>
-[...18 lines deleted...]
-    <col min="20" max="20" width="64" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="26.993" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="26.993" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="139.109" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="22.28" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="42.418" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="134.396" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="17" max="17" width="76.553" bestFit="true" customWidth="true" style="0"/>
+    <col min="18" max="18" width="496.593" bestFit="true" customWidth="true" style="0"/>
+    <col min="19" max="19" width="23.423" bestFit="true" customWidth="true" style="0"/>
+    <col min="20" max="20" width="64.841" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:20">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
@@ -612,82 +613,83 @@
       </c>
       <c r="M2" t="s">
         <v>28</v>
       </c>
       <c r="N2" t="s">
         <v>29</v>
       </c>
       <c r="O2" t="s">
         <v>30</v>
       </c>
       <c r="P2" t="s">
         <v>31</v>
       </c>
       <c r="Q2" t="s">
         <v>32</v>
       </c>
       <c r="R2" t="s">
         <v>33</v>
       </c>
       <c r="S2"/>
       <c r="T2" t="s">
         <v>34</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Worksheet</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>