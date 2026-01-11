--- v0 (2025-11-04)
+++ v1 (2026-01-11)
@@ -94,57 +94,57 @@
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
     <t>Energy Efficiency Label No5 for Irons</t>
   </si>
   <si>
     <t>http://labelno5.egat.co.th/new58/wp-content/uploads/2019/shortforweb/iron.pdf</t>
   </si>
   <si>
     <t>This program covers electric irons types: dry types, steam types, and steam iron system types.
 Electric irons of all sizes and watts
 	Operates with single-phase alternating current (AC). The rated frequency 50 Hz and rated voltage does not exceed 250 V
 	Manufactured locally or imported for sale in Thailand
 	Must not be a product that does not pass the random test of electric efficiency of the program within 1 year from the notification of the random test result
 	Must be certified according to TIS 366 -2547: Electric irons: safety requirement</t>
   </si>
   <si>
     <t>Asia and Pacific</t>
   </si>
   <si>
     <t>Thailand</t>
   </si>
   <si>
-    <t>Wed, 03/30/2022 - 15:29</t>
+    <t>Tue, 11/04/2025 - 21:09</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>March 2022</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>Irons</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Electricity Generating Authority Thailand (EGAT)  ( http://www.egat.co.th/en/ )</t>
   </si>
   <si>
     <t>This program covers electric irons types: dry types, steam types, and steam iron system types.</t>
   </si>
   <si>
     <t>IEC 60311 Edition 4.1:2006-02</t>
   </si>
@@ -492,51 +492,51 @@
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:T2"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="44.703" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="44.703" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="91.978" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="186.24" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="15.282" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="11.711" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
-    <col min="10" max="10" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="42.418" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="21.138" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="21.138" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="15.282" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="94.263" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="111.973" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="77.695" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:20">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>