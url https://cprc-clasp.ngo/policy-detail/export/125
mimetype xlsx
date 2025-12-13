--- v0 (2025-10-13)
+++ v1 (2025-12-13)
@@ -17,51 +17,51 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="35">
   <si>
     <t>title</t>
   </si>
   <si>
-    <t>field_unofficial_name</t>
+    <t>Policy Name</t>
   </si>
   <si>
     <t>Source</t>
   </si>
   <si>
     <t>Policy Description</t>
   </si>
   <si>
     <t>Adopted Date</t>
   </si>
   <si>
     <t>Region</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Changed</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
@@ -77,129 +77,130 @@
   <si>
     <t>Products Covered</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Requirements</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Scope</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
     <t>US 761: 2019, household biomass stoves requirement( 2nd edition)</t>
   </si>
   <si>
-    <t>https://unbs.go.ug/attachments/menus/27/Uganda-Standards-Catalogue-as-at-31-Mar…</t>
+    <t>https://unbs.go.ug/attachments/menus/27/Uganda-Standards-Catalogue-as-at-31-March-2019.pdf</t>
   </si>
   <si>
     <t>Africa</t>
   </si>
   <si>
     <t>Uganda</t>
   </si>
   <si>
     <t>Thu, 06/03/2021 - 20:18</t>
   </si>
   <si>
     <t>Biomass</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>Quality Standard</t>
   </si>
   <si>
     <t>Biomass Stoves</t>
   </si>
   <si>
     <t>Energy Efficiency, Off-Grid, Productive Use</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Uganda National Bureau of Standards (UNBS)  ( https://unbs.go.ug/ )</t>
   </si>
   <si>
     <t>This Uganda standard specifies the classification,technical requirements, performance requirements, safety requirements and test methods of biomass cookstoves intended for use in households. This standard is applicable to cookstoves using solid biomass</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/us-761-2019-household-biomass-stoves-requirement-2nd-edition</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -471,70 +472,70 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:T2"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="76" bestFit="true" customWidth="true" style="0"/>
-[...18 lines deleted...]
-    <col min="20" max="20" width="109" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="76.553" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="76.553" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="107.26" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="22.28" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="8.141" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="42.418" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="51.845" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="17" max="17" width="80.123" bestFit="true" customWidth="true" style="0"/>
+    <col min="18" max="18" width="298.356" bestFit="true" customWidth="true" style="0"/>
+    <col min="19" max="19" width="23.423" bestFit="true" customWidth="true" style="0"/>
+    <col min="20" max="20" width="109.545" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:20">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
@@ -612,82 +613,83 @@
       </c>
       <c r="M2" t="s">
         <v>28</v>
       </c>
       <c r="N2" t="s">
         <v>29</v>
       </c>
       <c r="O2" t="s">
         <v>30</v>
       </c>
       <c r="P2" t="s">
         <v>31</v>
       </c>
       <c r="Q2" t="s">
         <v>32</v>
       </c>
       <c r="R2" t="s">
         <v>33</v>
       </c>
       <c r="S2"/>
       <c r="T2" t="s">
         <v>34</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Worksheet</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>