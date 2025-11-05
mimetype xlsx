--- v0 (2025-10-15)
+++ v1 (2025-11-05)
@@ -17,51 +17,51 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="37">
   <si>
     <t>title</t>
   </si>
   <si>
-    <t>field_unofficial_name</t>
+    <t>Policy Name</t>
   </si>
   <si>
     <t>Source</t>
   </si>
   <si>
     <t>Policy Description</t>
   </si>
   <si>
     <t>Adopted Date</t>
   </si>
   <si>
     <t>Region</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Changed</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
@@ -95,51 +95,51 @@
   <si>
     <t>Permalink</t>
   </si>
   <si>
     <t>Thai Green Label Scheme - Video Media Players / Recorders TGL-39-04</t>
   </si>
   <si>
     <t>http://www.tei.or.th/greenlabel/en/download/TGL-39-04.pdf</t>
   </si>
   <si>
     <t>These criteria shall apply to mains-powered electronic equipment designed to reproduce video-audio signals recorded in data storage media video cassette tape, VCD, DVD, etc. in connection with other visual display units and sound speaker units such as TVs. The combination of two video media players such as audio-DVD player combinations, DVD-VCR player combinations, etc. also included. Portable Video Media Players are excluded.</t>
   </si>
   <si>
     <t>Asia and Pacific</t>
   </si>
   <si>
     <t>Thailand</t>
   </si>
   <si>
     <t>Thu, 03/31/2022 - 19:41</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>March 2022</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>DVD|Blu-Ray Players</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Thailand Environment Institute (TEI)  ( http://www.tei.or.th/greenlabel/ )</t>
   </si>
   <si>
     <t>These criteria shall apply to mains-powered electronic equipment designed to reproduce video-audio signals recorded in data storage media video cassette tape, VCD, DVD, etc. in connection with other visual display units and sound speaker units such as TVs.</t>
   </si>
   <si>
     <t>Certificate of conformity and test results. (with quality and environmental requirements).
 ,   
@@ -148,66 +148,67 @@
   <si>
     <t>https://cprc-clasp.ngo/policies/thai-green-label-scheme-video-media-players-recorders-tgl-39-04</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -479,70 +480,70 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:T2"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="80" bestFit="true" customWidth="true" style="0"/>
-[...18 lines deleted...]
-    <col min="20" max="20" width="113" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="80.123" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="80.123" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="68.269" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="508.304" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="42.418" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="23.423" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="17" max="17" width="88.407" bestFit="true" customWidth="true" style="0"/>
+    <col min="18" max="18" width="303.069" bestFit="true" customWidth="true" style="0"/>
+    <col min="19" max="19" width="284.216" bestFit="true" customWidth="true" style="0"/>
+    <col min="20" max="20" width="113.115" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:20">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
@@ -624,82 +625,83 @@
         <v>29</v>
       </c>
       <c r="N2" t="s">
         <v>30</v>
       </c>
       <c r="O2" t="s">
         <v>31</v>
       </c>
       <c r="P2" t="s">
         <v>32</v>
       </c>
       <c r="Q2" t="s">
         <v>33</v>
       </c>
       <c r="R2" t="s">
         <v>34</v>
       </c>
       <c r="S2" t="s">
         <v>35</v>
       </c>
       <c r="T2" t="s">
         <v>36</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Worksheet</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>