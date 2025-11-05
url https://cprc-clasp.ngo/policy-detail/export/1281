--- v0 (2025-10-15)
+++ v1 (2025-11-05)
@@ -17,51 +17,51 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="37">
   <si>
     <t>title</t>
   </si>
   <si>
-    <t>field_unofficial_name</t>
+    <t>Policy Name</t>
   </si>
   <si>
     <t>Source</t>
   </si>
   <si>
     <t>Policy Description</t>
   </si>
   <si>
     <t>Adopted Date</t>
   </si>
   <si>
     <t>Region</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Changed</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
@@ -89,57 +89,57 @@
   <si>
     <t>Scope</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
     <t>Thai Green Label Scheme - Digital Projectors TGL-81-R1-17</t>
   </si>
   <si>
     <t>http://www.tei.or.th/greenlabel/download/TGL-81-R1-17.pdf</t>
   </si>
   <si>
     <t>These criteria shall apply to digital projectors with display technology such as Liquid Crystal Display (LCD), Digital Light Processing (DLP), Liquid Crystal on Silicon (LCOS), or Silicon X‐tal Reflective Display (SXRD). The projectors display digital images by enlarging such images generated by computers, videotape recorders, or DVD players</t>
   </si>
   <si>
     <t>Asia and Pacific</t>
   </si>
   <si>
     <t>Thailand</t>
   </si>
   <si>
-    <t>Thu, 03/31/2022 - 19:43</t>
+    <t>Tue, 11/04/2025 - 21:09</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>March 2022</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>Projectors</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Thailand Environment Institute (TEI)  ( http://www.tei.or.th/greenlabel/ )</t>
   </si>
   <si>
     <t>These criteria shall apply to digital projectors with display technology such as Liquid Crystal Display (LCD), Digital Light Processing (DLP), Liquid Crystal on Silicon (LCOS), or Silicon X‐tal Reflective Display (SXRD).</t>
   </si>
   <si>
     <t>TIS 1195
 ,   
@@ -148,66 +148,67 @@
   <si>
     <t>https://cprc-clasp.ngo/policies/thai-green-label-scheme-digital-projectors-tgl-81-r1-17</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -479,70 +480,70 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:T2"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="68" bestFit="true" customWidth="true" style="0"/>
-[...18 lines deleted...]
-    <col min="20" max="20" width="103" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="68.269" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="68.269" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="68.269" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="405.758" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="42.418" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="17" max="17" width="88.407" bestFit="true" customWidth="true" style="0"/>
+    <col min="18" max="18" width="260.651" bestFit="true" customWidth="true" style="0"/>
+    <col min="19" max="19" width="62.413" bestFit="true" customWidth="true" style="0"/>
+    <col min="20" max="20" width="103.689" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:20">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
@@ -626,82 +627,83 @@
         <v>29</v>
       </c>
       <c r="N2" t="s">
         <v>30</v>
       </c>
       <c r="O2" t="s">
         <v>31</v>
       </c>
       <c r="P2" t="s">
         <v>32</v>
       </c>
       <c r="Q2" t="s">
         <v>33</v>
       </c>
       <c r="R2" t="s">
         <v>34</v>
       </c>
       <c r="S2" t="s">
         <v>35</v>
       </c>
       <c r="T2" t="s">
         <v>36</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Worksheet</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>