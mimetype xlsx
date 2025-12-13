--- v0 (2025-10-15)
+++ v1 (2025-12-13)
@@ -17,51 +17,51 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="36">
   <si>
     <t>title</t>
   </si>
   <si>
-    <t>field_unofficial_name</t>
+    <t>Policy Name</t>
   </si>
   <si>
     <t>Source</t>
   </si>
   <si>
     <t>Policy Description</t>
   </si>
   <si>
     <t>Adopted Date</t>
   </si>
   <si>
     <t>Region</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Changed</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
@@ -86,123 +86,124 @@
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Scope</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
     <t>TIS 2186-2547 Thai Industrial Standard for Household Refrigerators</t>
   </si>
   <si>
     <t>https://service.tisi.go.th/fulltext/2186_2547.pdf</t>
   </si>
   <si>
     <t>Asia and Pacific</t>
   </si>
   <si>
     <t>Thailand</t>
   </si>
   <si>
-    <t>Mon, 08/11/2025 - 20:21</t>
+    <t>Fri, 12/05/2025 - 20:43</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
-    <t>Adopted</t>
+    <t>New, Superseded</t>
   </si>
   <si>
     <t>August 2025</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>Refrigerators-Freezers</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Thai Industrial Standards Institute (TISI)  ( https://www.tisi.go.th/ )</t>
   </si>
   <si>
     <t>The standard specifies the energy efficiency of compression-type refrigerators for household and similar use. It covers only compression types. It includes requirements, marks and labels, sampling, and criteria for conformity and testing. It's been replaced by TIS 2186-2561(2018).</t>
   </si>
   <si>
     <t>TIS 455-2537</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tis-2186-2547-thai-industrial-standard-household-refrigerators</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -474,70 +475,70 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:T2"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="78" bestFit="true" customWidth="true" style="0"/>
-[...18 lines deleted...]
-    <col min="20" max="20" width="111" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="78.981" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="78.981" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="58.843" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="22.28" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="42.418" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="26.993" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="17" max="17" width="84.836" bestFit="true" customWidth="true" style="0"/>
+    <col min="18" max="18" width="332.633" bestFit="true" customWidth="true" style="0"/>
+    <col min="19" max="19" width="23.423" bestFit="true" customWidth="true" style="0"/>
+    <col min="20" max="20" width="111.973" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:20">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
@@ -617,82 +618,83 @@
         <v>28</v>
       </c>
       <c r="N2" t="s">
         <v>29</v>
       </c>
       <c r="O2" t="s">
         <v>30</v>
       </c>
       <c r="P2" t="s">
         <v>31</v>
       </c>
       <c r="Q2" t="s">
         <v>32</v>
       </c>
       <c r="R2" t="s">
         <v>33</v>
       </c>
       <c r="S2" t="s">
         <v>34</v>
       </c>
       <c r="T2" t="s">
         <v>35</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Worksheet</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>