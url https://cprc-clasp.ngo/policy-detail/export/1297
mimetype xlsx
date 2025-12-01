--- v0 (2025-10-15)
+++ v1 (2025-12-01)
@@ -17,51 +17,51 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="36">
   <si>
     <t>title</t>
   </si>
   <si>
-    <t>field_unofficial_name</t>
+    <t>Policy Name</t>
   </si>
   <si>
     <t>Source</t>
   </si>
   <si>
     <t>Policy Description</t>
   </si>
   <si>
     <t>Adopted Date</t>
   </si>
   <si>
     <t>Region</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Changed</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
@@ -82,130 +82,131 @@
   </si>
   <si>
     <t>Requirements</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Scope</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
     <t>Ministerial Regulations Prescribing High Efficiency Refrigerators, B.E. 2552 (2009)</t>
   </si>
   <si>
     <t>http://www.ratchakitcha.soc.go.th/DATA/PDF/2552/A/023/28.PDF</t>
   </si>
   <si>
     <t>The ministerial regulation covers refrigerators for household use that are insulated with heat and have an electric cooler with equipment and volume suitable for use in the residence.
 Types of refrigerators:
-	Single door refrigerators, manual defrost and semi-automatic defrost types
+Single door refrigerators, manual defrost and semi-automatic defrost types
 	Refrigerators from two doors (or more), hand semi-automatic defrost and automatic defrost types</t>
   </si>
   <si>
     <t>Asia and Pacific</t>
   </si>
   <si>
     <t>Thailand</t>
   </si>
   <si>
     <t>Fri, 04/01/2022 - 19:14</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>April 2022</t>
   </si>
   <si>
     <t>High Energy Performance Standard</t>
   </si>
   <si>
     <t>Refrigerators-Freezers</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Department of Alternative Energy Development and Efficiency, Ministry of Energy (DEDE)  ( http://www.dede.go.th/ )</t>
   </si>
   <si>
     <t>The ministerial regulation covers refrigerators for household use that are insulated with heat and have an electric cooler with equipment and volume suitable for use in the residence.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ministerial-regulations-prescribing-high-efficiency-refrigerators-be-2552-2009</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -477,70 +478,70 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:T2"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="98" bestFit="true" customWidth="true" style="0"/>
-[...18 lines deleted...]
-    <col min="20" max="20" width="130" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="98.976" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="98.976" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="71.84" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="216.947" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="42.418" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="38.848" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="26.993" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="17" max="17" width="135.538" bestFit="true" customWidth="true" style="0"/>
+    <col min="18" max="18" width="216.947" bestFit="true" customWidth="true" style="0"/>
+    <col min="19" max="19" width="23.423" bestFit="true" customWidth="true" style="0"/>
+    <col min="20" max="20" width="130.825" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:20">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
@@ -620,82 +621,83 @@
       </c>
       <c r="M2" t="s">
         <v>29</v>
       </c>
       <c r="N2" t="s">
         <v>30</v>
       </c>
       <c r="O2" t="s">
         <v>31</v>
       </c>
       <c r="P2" t="s">
         <v>32</v>
       </c>
       <c r="Q2" t="s">
         <v>33</v>
       </c>
       <c r="R2" t="s">
         <v>34</v>
       </c>
       <c r="S2"/>
       <c r="T2" t="s">
         <v>35</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Worksheet</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>