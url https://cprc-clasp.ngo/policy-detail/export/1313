--- v0 (2025-10-13)
+++ v1 (2025-11-05)
@@ -17,51 +17,51 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="38">
   <si>
     <t>title</t>
   </si>
   <si>
-    <t>field_unofficial_name</t>
+    <t>Policy Name</t>
   </si>
   <si>
     <t>Source</t>
   </si>
   <si>
     <t>Policy Description</t>
   </si>
   <si>
     <t>Adopted Date</t>
   </si>
   <si>
     <t>Region</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Changed</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
@@ -92,123 +92,124 @@
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
     <t>Turkish Official Gazette No 31560 | Energy Labeling of Light Sources (2019/2015/EU) (SGM:2021/12)</t>
   </si>
   <si>
     <t>IŞIK KAYNAKLARININ ENERJİ ETİKETLEMESİNE DAİR TEBLİĞ (2019/2015/AB) (SGM:2021/12)</t>
   </si>
   <si>
     <t>https://www.resmigazete.gov.tr/eskiler/2021/08/20210806-16.htm</t>
   </si>
   <si>
     <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02019R2015-20230930</t>
   </si>
   <si>
     <t>Middle East</t>
   </si>
   <si>
     <t>Turkey</t>
   </si>
   <si>
-    <t>Tue, 12/19/2023 - 18:51</t>
+    <t>Tue, 11/04/2025 - 21:09</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>Non-Directional lamps</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Ministry of Energy and Natural Resources  ( https://www.enerji.gov.tr/homepage )</t>
   </si>
   <si>
     <t>This policy establishes requirements for the labeling of, and the provision of supplementary product information on, light sources with or without integrated control gear. The requirements also apply to light sources placed on the market in a containing product. This policy does not apply to light sources specified in points 1 and 2 of Annex IV of Commission Delegated Regulation (EU) 2019/2015. Light sources specified in point 3 of Annex IV must comply only with the requirements in point 4 of Annex V of Commission Delegated Regulation (EU) 2019/2015. This policy is a transposition of Commission Delegated Regulation (EU) 2019/2015.</t>
   </si>
   <si>
     <t>Commission Delegated Regulation (EU) 2019/2015</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/turkish-official-gazette-no-31560-energy-labeling-light-sources-20192015eu-sgm202112</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -480,70 +481,70 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:T2"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="115" bestFit="true" customWidth="true" style="0"/>
-[...18 lines deleted...]
-    <col min="20" max="20" width="137" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="115.543" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="96.691" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="74.268" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="94.263" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="42.418" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="25.851" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="17" max="17" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="18" max="18" width="753.673" bestFit="true" customWidth="true" style="0"/>
+    <col min="19" max="19" width="55.272" bestFit="true" customWidth="true" style="0"/>
+    <col min="20" max="20" width="137.966" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:20">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
@@ -627,82 +628,83 @@
         <v>30</v>
       </c>
       <c r="N2" t="s">
         <v>31</v>
       </c>
       <c r="O2" t="s">
         <v>32</v>
       </c>
       <c r="P2" t="s">
         <v>33</v>
       </c>
       <c r="Q2" t="s">
         <v>34</v>
       </c>
       <c r="R2" t="s">
         <v>35</v>
       </c>
       <c r="S2" t="s">
         <v>36</v>
       </c>
       <c r="T2" t="s">
         <v>37</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Worksheet</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>