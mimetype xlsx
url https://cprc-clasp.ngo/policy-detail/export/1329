--- v0 (2025-10-15)
+++ v1 (2025-11-05)
@@ -17,51 +17,51 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="36">
   <si>
     <t>title</t>
   </si>
   <si>
-    <t>field_unofficial_name</t>
+    <t>Policy Name</t>
   </si>
   <si>
     <t>Source</t>
   </si>
   <si>
     <t>Policy Description</t>
   </si>
   <si>
     <t>Adopted Date</t>
   </si>
   <si>
     <t>Region</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Changed</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
@@ -80,129 +80,130 @@
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Requirements</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Scope</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
     <t>UAE.S 5010-4: 2014 – Labeling – Energy Efficiency Label for Electrical Appliances Part 4: Storage Water Heaters.</t>
   </si>
   <si>
     <t>UAE.S 5010- 4: 2014</t>
   </si>
   <si>
-    <t>https://etrans.esma.gov.ae/english/purchase-standards/pages/standards-listing.a…</t>
+    <t>https://etrans.esma.gov.ae/english/purchase-standards/pages/standards-listing.aspx?categorytype=1&amp;categoryid=2361a709-8375-e511-9402-005056b81473&amp;legalstatus=2</t>
   </si>
   <si>
     <t>Middle East</t>
   </si>
   <si>
     <t>United Arab Emirates</t>
   </si>
   <si>
-    <t>Tue, 06/22/2021 - 22:31</t>
+    <t>Tue, 11/04/2025 - 21:09</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>August 2019</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>Storage Water Heaters</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Emirates Authority For Standardization &amp;amp; Metrology  ( http://www.esma.gov.ae/en-us )</t>
   </si>
   <si>
     <t>This regulation establishes requirements for electrical safety and energy efficiency labeling of electric water heater types listed in Annex A. This regulation does not apply to instantaneous water heaters and water heaters that use gas, solid or liquid fuels, solar water heaters and water heaters designed for making hot drinks only.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/uaes-5010-4-2014-labeling-energy-efficiency-label-electrical-appliances-part-4-storage</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -474,70 +475,70 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:T2"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="133" bestFit="true" customWidth="true" style="0"/>
-[...18 lines deleted...]
-    <col min="20" max="20" width="140" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="133.253" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="23.423" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="188.668" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="22.28" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="24.708" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="42.418" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="25.851" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="17" max="17" width="104.832" bestFit="true" customWidth="true" style="0"/>
+    <col min="18" max="18" width="396.332" bestFit="true" customWidth="true" style="0"/>
+    <col min="19" max="19" width="23.423" bestFit="true" customWidth="true" style="0"/>
+    <col min="20" max="20" width="140.252" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:20">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
@@ -617,82 +618,83 @@
       </c>
       <c r="M2" t="s">
         <v>29</v>
       </c>
       <c r="N2" t="s">
         <v>30</v>
       </c>
       <c r="O2" t="s">
         <v>31</v>
       </c>
       <c r="P2" t="s">
         <v>32</v>
       </c>
       <c r="Q2" t="s">
         <v>33</v>
       </c>
       <c r="R2" t="s">
         <v>34</v>
       </c>
       <c r="S2"/>
       <c r="T2" t="s">
         <v>35</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Worksheet</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>