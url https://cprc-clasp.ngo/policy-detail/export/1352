--- v0 (2025-10-16)
+++ v1 (2025-12-13)
@@ -17,51 +17,51 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="36">
   <si>
     <t>title</t>
   </si>
   <si>
-    <t>field_unofficial_name</t>
+    <t>Policy Name</t>
   </si>
   <si>
     <t>Source</t>
   </si>
   <si>
     <t>Policy Description</t>
   </si>
   <si>
     <t>Adopted Date</t>
   </si>
   <si>
     <t>Region</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Changed</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
@@ -77,132 +77,133 @@
   <si>
     <t>Products Covered</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Requirements</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Scope</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
     <t>Guide on Minimum Energy Performance Standards for Television</t>
   </si>
   <si>
-    <t>https://www.st.gov.my/en/contents/files/download/95/Energy_Efficiency_Labelling…</t>
+    <t>https://www.st.gov.my/en/contents/files/download/95/Energy_Efficiency_Labelling_Guideline_for_Television1.pdf</t>
   </si>
   <si>
     <t>Asia and Pacific</t>
   </si>
   <si>
     <t>Malaysia</t>
   </si>
   <si>
-    <t>Thu, 06/03/2021 - 20:18</t>
+    <t>Fri, 12/05/2025 - 20:26</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised, Superseded</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>Televisions</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Suruhanjaya Tenaga - ST (Energy Commission)  ( https://www.st.gov.my/web/download/listing/164----https://www.st.gov.my/web/download/listing/165 )</t>
   </si>
   <si>
     <t>This Guide is developed by the Commission to specify the MEPS and energy labeling requirements for televisions that can be connected to mains power and for household use. This Guide shall apply to the following types of television with size up to or equal to 177.8 cm (70 inch): (a) plasma; (b) liquid crystal display (LCD); (c) light emitting diode (LED); (d) cathode ray tube (CRT); and (e) any other display type with similar function.</t>
   </si>
   <si>
     <t>MS IEC 62301, IEC 62087</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/guide-minimum-energy-performance-standards-television</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -474,70 +475,70 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:T2"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="71" bestFit="true" customWidth="true" style="0"/>
-[...18 lines deleted...]
-    <col min="20" max="20" width="101" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="71.84" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="71.84" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="129.683" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="22.28" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="47.131" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="42.418" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="17" max="17" width="172.101" bestFit="true" customWidth="true" style="0"/>
+    <col min="18" max="18" width="517.731" bestFit="true" customWidth="true" style="0"/>
+    <col min="19" max="19" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="20" max="20" width="101.404" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:20">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
@@ -619,82 +620,83 @@
         <v>28</v>
       </c>
       <c r="N2" t="s">
         <v>29</v>
       </c>
       <c r="O2" t="s">
         <v>30</v>
       </c>
       <c r="P2" t="s">
         <v>31</v>
       </c>
       <c r="Q2" t="s">
         <v>32</v>
       </c>
       <c r="R2" t="s">
         <v>33</v>
       </c>
       <c r="S2" t="s">
         <v>34</v>
       </c>
       <c r="T2" t="s">
         <v>35</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Worksheet</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>