--- v0 (2025-10-15)
+++ v1 (2025-12-13)
@@ -17,51 +17,51 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="36">
   <si>
     <t>title</t>
   </si>
   <si>
-    <t>field_unofficial_name</t>
+    <t>Policy Name</t>
   </si>
   <si>
     <t>Source</t>
   </si>
   <si>
     <t>Policy Description</t>
   </si>
   <si>
     <t>Adopted Date</t>
   </si>
   <si>
     <t>Region</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Changed</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
@@ -77,132 +77,133 @@
   <si>
     <t>Products Covered</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Requirements</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Scope</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
     <t>Guide on Minimum Energy Performance Standards for Rice cooker</t>
   </si>
   <si>
-    <t>https://www.st.gov.my/contents/2021/MEPS/20210108%20-%20Guide%20on%20MEPS%20for…</t>
+    <t>https://www.st.gov.my/contents/2021/MEPS/20210108%20-%20Guide%20on%20MEPS%20for%20Rice%20Cooker%20(UPDATED).pdf</t>
   </si>
   <si>
     <t>Asia and Pacific</t>
   </si>
   <si>
     <t>Malaysia</t>
   </si>
   <si>
     <t>Wed, 08/13/2025 - 18:55</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>Rice Cookers</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Suruhanjaya Tenaga - ST (Energy Commission)  ( https://www.st.gov.my/web/download/listing/164----https://www.st.gov.my/web/download/listing/165 )</t>
   </si>
   <si>
     <t>This Guide is developed by the Commission to specify the MEPS and energy labeling requirements for rice cooker that can be connected to mains power and for household use. This Guide shall apply to the rice cooker with size up to or equal to 3.6 L and rated power up to 1600 Watt.</t>
   </si>
   <si>
     <t>MS 2024</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/guide-minimum-energy-performance-standards-rice-cooker</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -474,70 +475,70 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:T2"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="72" bestFit="true" customWidth="true" style="0"/>
-[...18 lines deleted...]
-    <col min="20" max="20" width="102" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="72.982" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="72.982" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="131.968" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="22.28" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="42.418" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="17" max="17" width="172.101" bestFit="true" customWidth="true" style="0"/>
+    <col min="18" max="18" width="330.205" bestFit="true" customWidth="true" style="0"/>
+    <col min="19" max="19" width="23.423" bestFit="true" customWidth="true" style="0"/>
+    <col min="20" max="20" width="102.546" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:20">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
@@ -617,82 +618,83 @@
         <v>28</v>
       </c>
       <c r="N2" t="s">
         <v>29</v>
       </c>
       <c r="O2" t="s">
         <v>30</v>
       </c>
       <c r="P2" t="s">
         <v>31</v>
       </c>
       <c r="Q2" t="s">
         <v>32</v>
       </c>
       <c r="R2" t="s">
         <v>33</v>
       </c>
       <c r="S2" t="s">
         <v>34</v>
       </c>
       <c r="T2" t="s">
         <v>35</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Worksheet</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>