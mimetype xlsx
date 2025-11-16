--- v0 (2025-10-15)
+++ v1 (2025-11-16)
@@ -17,51 +17,51 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="36">
   <si>
     <t>title</t>
   </si>
   <si>
-    <t>field_unofficial_name</t>
+    <t>Policy Name</t>
   </si>
   <si>
     <t>Source</t>
   </si>
   <si>
     <t>Policy Description</t>
   </si>
   <si>
     <t>Adopted Date</t>
   </si>
   <si>
     <t>Region</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Changed</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
@@ -77,132 +77,133 @@
   <si>
     <t>Products Covered</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Requirements</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Scope</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
     <t>Guide on Minimum Energy Performance Standards for Refrigerator</t>
   </si>
   <si>
-    <t>https://www.st.gov.my/contents/files/download/95/Guideline_Minimum_Energy_Perfo…</t>
+    <t>https://www.st.gov.my/contents/files/download/95/Guideline_Minimum_Energy_Performance_Requirement_for_Refrigerator.pdf----https://www.st.gov.my/en/web/consumer/details/7/3</t>
   </si>
   <si>
     <t>Asia and Pacific</t>
   </si>
   <si>
     <t>Malaysia</t>
   </si>
   <si>
-    <t>Thu, 06/03/2021 - 20:18</t>
+    <t>Tue, 11/04/2025 - 21:09</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>Refrigerators-Freezers</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Suruhanjaya Tenaga - ST (Energy Commission)  ( https://www.st.gov.my/web/download/listing/160----https://www.st.gov.my/web/download/listing/162----https://www.st.gov.my/web/download/listing/161----https://www.st.gov.my/web/download/listing/163 )</t>
   </si>
   <si>
     <t>This guide specifies the minimum energy performance standards (MEPS) requirements for household refrigerating appliances with one door or two door (Refer to figure 1) that can be connected to mains power and which are within the scope of MS IEC 62552-1 or identical.</t>
   </si>
   <si>
     <t>MS IEC 62552-1:2016, MS IEC 62552-2:2016, MS IEC 62552-3:2018</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/guide-minimum-energy-performance-standards-refrigerator</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -474,70 +475,70 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:T2"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="74" bestFit="true" customWidth="true" style="0"/>
-[...18 lines deleted...]
-    <col min="20" max="20" width="103" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="74.268" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="74.268" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="202.808" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="22.28" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="42.418" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="26.993" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="17" max="17" width="290.072" bestFit="true" customWidth="true" style="0"/>
+    <col min="18" max="18" width="314.923" bestFit="true" customWidth="true" style="0"/>
+    <col min="19" max="19" width="72.982" bestFit="true" customWidth="true" style="0"/>
+    <col min="20" max="20" width="103.689" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:20">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
@@ -619,82 +620,83 @@
         <v>28</v>
       </c>
       <c r="N2" t="s">
         <v>29</v>
       </c>
       <c r="O2" t="s">
         <v>30</v>
       </c>
       <c r="P2" t="s">
         <v>31</v>
       </c>
       <c r="Q2" t="s">
         <v>32</v>
       </c>
       <c r="R2" t="s">
         <v>33</v>
       </c>
       <c r="S2" t="s">
         <v>34</v>
       </c>
       <c r="T2" t="s">
         <v>35</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Worksheet</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>