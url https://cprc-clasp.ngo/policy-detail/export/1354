--- v1 (2025-11-16)
+++ v2 (2025-12-13)
@@ -86,57 +86,57 @@
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Scope</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
     <t>Guide on Minimum Energy Performance Standards for Refrigerator</t>
   </si>
   <si>
     <t>https://www.st.gov.my/contents/files/download/95/Guideline_Minimum_Energy_Performance_Requirement_for_Refrigerator.pdf----https://www.st.gov.my/en/web/consumer/details/7/3</t>
   </si>
   <si>
     <t>Asia and Pacific</t>
   </si>
   <si>
     <t>Malaysia</t>
   </si>
   <si>
-    <t>Tue, 11/04/2025 - 21:09</t>
+    <t>Fri, 12/05/2025 - 20:24</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
-    <t>Entered into force, Revised</t>
+    <t>Revised, Superseded</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>Refrigerators-Freezers</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Suruhanjaya Tenaga - ST (Energy Commission)  ( https://www.st.gov.my/web/download/listing/160----https://www.st.gov.my/web/download/listing/162----https://www.st.gov.my/web/download/listing/161----https://www.st.gov.my/web/download/listing/163 )</t>
   </si>
   <si>
     <t>This guide specifies the minimum energy performance standards (MEPS) requirements for household refrigerating appliances with one door or two door (Refer to figure 1) that can be connected to mains power and which are within the scope of MS IEC 62552-1 or identical.</t>
   </si>
   <si>
     <t>MS IEC 62552-1:2016, MS IEC 62552-2:2016, MS IEC 62552-3:2018</t>
   </si>
@@ -484,51 +484,51 @@
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:T2"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="74.268" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="74.268" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="202.808" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="22.28" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="15.282" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="11.711" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
-    <col min="10" max="10" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="42.418" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="56.558" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="21.138" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="15.282" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="290.072" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="314.923" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="72.982" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="103.689" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:20">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>