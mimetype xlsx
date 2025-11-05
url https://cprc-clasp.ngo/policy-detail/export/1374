--- v0 (2025-10-15)
+++ v1 (2025-11-05)
@@ -17,51 +17,51 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="36">
   <si>
     <t>title</t>
   </si>
   <si>
-    <t>field_unofficial_name</t>
+    <t>Policy Name</t>
   </si>
   <si>
     <t>Source</t>
   </si>
   <si>
     <t>Policy Description</t>
   </si>
   <si>
     <t>Adopted Date</t>
   </si>
   <si>
     <t>Region</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Changed</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
@@ -77,132 +77,133 @@
   <si>
     <t>Products Covered</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Requirements</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Scope</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
     <t>WaterSense® Specification for Showerheads</t>
   </si>
   <si>
-    <t>https://www.epa.gov/sites/production/files/2018-07/documents/ws-products-specif…</t>
+    <t>https://www.epa.gov/sites/production/files/2018-07/documents/ws-products-specification-showerheads-v1-1.pdf</t>
   </si>
   <si>
     <t>Americas</t>
   </si>
   <si>
     <t>United States of America*</t>
   </si>
   <si>
-    <t>Tue, 06/22/2021 - 19:33</t>
+    <t>Tue, 11/04/2025 - 21:09</t>
   </si>
   <si>
     <t>Water</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>Endorsement Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>Showers or Showerheads</t>
   </si>
   <si>
     <t>Water Efficiency</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>United States Environmental Protection Agency (EPA)  ( https://www.epa.gov/watersense )</t>
   </si>
   <si>
     <t>This specification establishes the criteria for showerheads labeled under the U.S. Environmental Protection Agency’s (EPA’s) WaterSense program. Water-saving showerheads that earn the WaterSense label must demonstrate that they use no more than 2.0 gpm. It is applicable to showerhead fixture fittings, inclusive of showerheads, rain showers, and hand-held showers, as defined in the ASME A112.18.1/CSA B125.1 Plumbing Supply Fittings standard. "Showerhead” also includes rain showers and handheld showers.</t>
   </si>
   <si>
     <t>10 CFR 429.29; ASME A112.18.1/CSA B125.1</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/watersenser-specification-showerheads</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -474,70 +475,70 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:T2"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="49" bestFit="true" customWidth="true" style="0"/>
-[...18 lines deleted...]
-    <col min="20" max="20" width="82" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="49.417" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="49.417" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="127.255" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="22.28" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="10.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="30.564" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="42.418" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="26.993" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="17" max="17" width="103.689" bestFit="true" customWidth="true" style="0"/>
+    <col min="18" max="18" width="597.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="19" max="19" width="48.274" bestFit="true" customWidth="true" style="0"/>
+    <col min="20" max="20" width="82.408" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:20">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
@@ -619,82 +620,83 @@
         <v>28</v>
       </c>
       <c r="N2" t="s">
         <v>29</v>
       </c>
       <c r="O2" t="s">
         <v>30</v>
       </c>
       <c r="P2" t="s">
         <v>31</v>
       </c>
       <c r="Q2" t="s">
         <v>32</v>
       </c>
       <c r="R2" t="s">
         <v>33</v>
       </c>
       <c r="S2" t="s">
         <v>34</v>
       </c>
       <c r="T2" t="s">
         <v>35</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Worksheet</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>