--- v0 (2025-10-16)
+++ v1 (2025-12-04)
@@ -17,51 +17,51 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="37">
   <si>
     <t>title</t>
   </si>
   <si>
-    <t>field_unofficial_name</t>
+    <t>Policy Name</t>
   </si>
   <si>
     <t>Source</t>
   </si>
   <si>
     <t>Policy Description</t>
   </si>
   <si>
     <t>Adopted Date</t>
   </si>
   <si>
     <t>Region</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Changed</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
@@ -77,135 +77,136 @@
   <si>
     <t>Products Covered</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Requirements</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Scope</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
     <t>WaterSense® High-Efficiency Lavatory Faucet Specification</t>
   </si>
   <si>
-    <t>https://www.epa.gov/sites/production/files/2017-01/documents/ws-products-spec-f…</t>
+    <t>https://www.epa.gov/sites/production/files/2017-01/documents/ws-products-spec-faucets.pdf</t>
   </si>
   <si>
     <t>This specification applies to lavatory faucets in private use, such as in residences, and private restrooms in hotels and hospitals. Metering faucets, lavatory faucets in public use, and residential kitchen faucets are not covered by this specification. The specification is designed to ensure both sustainable, efficient water use and a high level of user satisfaction with lavatory faucet and lavatory faucet accessory performance.</t>
   </si>
   <si>
     <t>Americas</t>
   </si>
   <si>
     <t>United States of America*</t>
   </si>
   <si>
     <t>Thu, 06/03/2021 - 20:18</t>
   </si>
   <si>
     <t>Water</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>Endorsement Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>Taps or Faucets</t>
   </si>
   <si>
     <t>Water Efficiency</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>United States Environmental Protection Agency (EPA)  ( https://www.epa.gov/watersense )</t>
   </si>
   <si>
     <t>This specification establishes the criteria for high-efficiency lavatory faucets and faucet accessories under the U.S. Environmental Protection Agency’s (EPA’s) WaterSense® program. It is applicable to lavatory faucets, lavatory faucet accessories specifically designed to control the flow of water, and any other lavatory faucet technologies that meet these performance specifications. This specification applies to lavatory faucets in private use, such as in residences, and private</t>
   </si>
   <si>
     <t>16 CFR 305.11; ASME A112.18.1/CSA B125.1 and NSF/ANSI Standard 61</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/watersenser-high-efficiency-lavatory-faucet-specification</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -477,70 +478,70 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:T2"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="68" bestFit="true" customWidth="true" style="0"/>
-[...18 lines deleted...]
-    <col min="20" max="20" width="106" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="68.269" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="68.269" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="106.117" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="511.875" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="10.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="30.564" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="42.418" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="17" max="17" width="103.689" bestFit="true" customWidth="true" style="0"/>
+    <col min="18" max="18" width="572.003" bestFit="true" customWidth="true" style="0"/>
+    <col min="19" max="19" width="77.695" bestFit="true" customWidth="true" style="0"/>
+    <col min="20" max="20" width="106.117" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:20">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
@@ -622,82 +623,83 @@
         <v>29</v>
       </c>
       <c r="N2" t="s">
         <v>30</v>
       </c>
       <c r="O2" t="s">
         <v>31</v>
       </c>
       <c r="P2" t="s">
         <v>32</v>
       </c>
       <c r="Q2" t="s">
         <v>33</v>
       </c>
       <c r="R2" t="s">
         <v>34</v>
       </c>
       <c r="S2" t="s">
         <v>35</v>
       </c>
       <c r="T2" t="s">
         <v>36</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Worksheet</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>