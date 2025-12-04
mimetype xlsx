--- v0 (2025-10-15)
+++ v1 (2025-12-04)
@@ -17,51 +17,51 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="35">
   <si>
     <t>title</t>
   </si>
   <si>
-    <t>field_unofficial_name</t>
+    <t>Policy Name</t>
   </si>
   <si>
     <t>Source</t>
   </si>
   <si>
     <t>Policy Description</t>
   </si>
   <si>
     <t>Adopted Date</t>
   </si>
   <si>
     <t>Region</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Changed</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
@@ -77,129 +77,130 @@
   <si>
     <t>Products Covered</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Requirements</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Scope</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
     <t>SLS 1586 Energy efficiency rating for single split type room air conditioners</t>
   </si>
   <si>
-    <t>https://www.slsi.lk/index.php?option=com_slstandards&amp;view=standard&amp;tmpl=compone…</t>
+    <t>https://www.slsi.lk/index.php?option=com_slstandards&amp;view=standard&amp;tmpl=component&amp;sri_lankan_standard_id=2440&amp;lang=en</t>
   </si>
   <si>
     <t>The standard also provides methods of testing for determining the sensible and latent cooling capacities, cooling power consumption and other performance requirements of room air conditioners. This standard further specifies dimensions, colour scheme and the contents of the energy efficiency label for room Air Conditioners.</t>
   </si>
   <si>
     <t>Asia and Pacific</t>
   </si>
   <si>
     <t>Sri Lanka</t>
   </si>
   <si>
     <t>Thu, 05/06/2021 - 16:44</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Sri Lanka Sustainable Energy Authority  ( http://www.energy.gov.lk/en/ )</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sls-1586-energy-efficiency-rating-single-split-type-room-air-conditioners</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -471,70 +472,70 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:T2"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="91" bestFit="true" customWidth="true" style="0"/>
-[...18 lines deleted...]
-    <col min="20" max="20" width="124" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="91.978" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="91.978" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="139.109" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="384.478" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="42.418" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="30.564" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="17" max="17" width="85.979" bestFit="true" customWidth="true" style="0"/>
+    <col min="18" max="18" width="91.978" bestFit="true" customWidth="true" style="0"/>
+    <col min="19" max="19" width="23.423" bestFit="true" customWidth="true" style="0"/>
+    <col min="20" max="20" width="124.97" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:20">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
@@ -614,82 +615,83 @@
       </c>
       <c r="M2" t="s">
         <v>29</v>
       </c>
       <c r="N2" t="s">
         <v>30</v>
       </c>
       <c r="O2" t="s">
         <v>31</v>
       </c>
       <c r="P2" t="s">
         <v>32</v>
       </c>
       <c r="Q2" t="s">
         <v>33</v>
       </c>
       <c r="R2" t="s">
         <v>20</v>
       </c>
       <c r="S2"/>
       <c r="T2" t="s">
         <v>34</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Worksheet</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>