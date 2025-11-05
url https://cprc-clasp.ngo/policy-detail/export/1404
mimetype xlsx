--- v0 (2025-10-15)
+++ v1 (2025-11-05)
@@ -17,51 +17,51 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="37">
   <si>
     <t>title</t>
   </si>
   <si>
-    <t>field_unofficial_name</t>
+    <t>Policy Name</t>
   </si>
   <si>
     <t>Source</t>
   </si>
   <si>
     <t>Policy Description</t>
   </si>
   <si>
     <t>Adopted Date</t>
   </si>
   <si>
     <t>Region</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Changed</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
@@ -93,121 +93,122 @@
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
     <t>Commission Delegated Regulation (EU) 2019/2015 of 11 March 2019 supplementing Regulation (EU) 2017/1369 of the European Parliament and of the Council with regard to energy labelling of light sources</t>
   </si>
   <si>
     <t>Commission Delegated Regulation (EU) 2019/2015 of 11 March 2019 supplementing Regulation (EU) 2017/1369 of the European Parliament and of the Council with regard to energy labelling of light sources and repealing Commission Delegated Regulation (EU) No 874/2012</t>
   </si>
   <si>
     <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02019R2015-20210901</t>
   </si>
   <si>
     <t>This Regulation establishes requirements for the labelling of, and the provision of supplementary product information on, light sources with or without integrated control gear. The requirements also apply to light sources placed on the market in a containing product
 This Regulation also establishes requirements for labelling luminaires designed to operate such lamps and marketed to end users, including when they are integrated into other products that are not dependent on energy input in fulfilling their primary purpose during use (such as furniture).</t>
   </si>
   <si>
     <t>Europe</t>
   </si>
   <si>
     <t>European Union</t>
   </si>
   <si>
-    <t>Fri, 05/02/2025 - 09:11</t>
+    <t>Tue, 11/04/2025 - 21:09</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>August 2023</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>Non-Directional lamps, Directional Lamps, Lighting Controls</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>European Commission - DG Energy  ( http://ec.europa.eu/energy/en/topics/energy-efficiency/energy-efficient-products )</t>
   </si>
   <si>
     <t>Commission Delegated Regulation (EU) 2019/2015 of 11 March 2019 supplementing Regulation (EU) 2017/1369 of the European Parliament and of the Council with regard to energy labelling of light sources and repealing Commission Delegated Regulation (EU) No 874/2012.
 This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2029.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-delegated-regulation-eu-20192015-11-march-2019-supplementing-regulation-eu</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -479,70 +480,70 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:T2"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="234" bestFit="true" customWidth="true" style="0"/>
-[...18 lines deleted...]
-    <col min="20" max="20" width="139" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="234.657" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="308.925" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="94.263" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="343.202" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="8.141" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="17.567" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="42.418" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="70.697" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="17" max="17" width="139.109" bestFit="true" customWidth="true" style="0"/>
+    <col min="18" max="18" width="310.21" bestFit="true" customWidth="true" style="0"/>
+    <col min="19" max="19" width="23.423" bestFit="true" customWidth="true" style="0"/>
+    <col min="20" max="20" width="139.109" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:20">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
@@ -624,82 +625,83 @@
       </c>
       <c r="M2" t="s">
         <v>30</v>
       </c>
       <c r="N2" t="s">
         <v>31</v>
       </c>
       <c r="O2" t="s">
         <v>32</v>
       </c>
       <c r="P2" t="s">
         <v>33</v>
       </c>
       <c r="Q2" t="s">
         <v>34</v>
       </c>
       <c r="R2" t="s">
         <v>35</v>
       </c>
       <c r="S2"/>
       <c r="T2" t="s">
         <v>36</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Worksheet</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>