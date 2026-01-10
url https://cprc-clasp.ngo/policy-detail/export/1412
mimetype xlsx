--- v0 (2025-11-04)
+++ v1 (2026-01-10)
@@ -96,51 +96,51 @@
     <t>Permalink</t>
   </si>
   <si>
     <t>Commission Delegated Regulation (EU) 2015/1186 of 24 April 2015 supplementing Directive 2010/30/EU of the European Parliament and of the Council with regard to the energy labelling of local space heaters</t>
   </si>
   <si>
     <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02015R1186-20170307</t>
   </si>
   <si>
     <t> 
  </t>
   </si>
   <si>
     <t>Europe</t>
   </si>
   <si>
     <t>European Union</t>
   </si>
   <si>
     <t>Fri, 05/02/2025 - 09:15</t>
   </si>
   <si>
     <t>Solid Fuel</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>September 2023</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>Portable Heaters, Boilers and Furnaces</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>European Commission - DG Energy  ( http://ec.europa.eu/energy/en/topics/energy-efficiency/energy-efficient-products )</t>
   </si>
   <si>
     <t>Applies to solid fuel local space heaters with a nominal heat output of 50 kW or less. Solid fuel small combustion installations.
 This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2026.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-delegated-regulation-eu-20151186-24-april-2015-supplementing-directive-201030eu</t>
@@ -486,51 +486,51 @@
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:T2"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="240.513" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="240.513" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="94.263" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="22.28" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="15.282" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="12.854" bestFit="true" customWidth="true" style="0"/>
-    <col min="10" max="10" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="42.418" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="21.138" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="45.846" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="21.138" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="15.282" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="139.109" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="200.38" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="144.965" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:20">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>