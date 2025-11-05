--- v0 (2025-10-15)
+++ v1 (2025-11-05)
@@ -17,51 +17,51 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="36">
   <si>
     <t>title</t>
   </si>
   <si>
-    <t>field_unofficial_name</t>
+    <t>Policy Name</t>
   </si>
   <si>
     <t>Source</t>
   </si>
   <si>
     <t>Policy Description</t>
   </si>
   <si>
     <t>Adopted Date</t>
   </si>
   <si>
     <t>Region</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Changed</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
@@ -92,117 +92,118 @@
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
     <t>Greenhouse and Energy Minimum Standards (Close Control Air Conditioners) Determination 2012</t>
   </si>
   <si>
     <t>https://www.legislation.gov.au/Details/F2012L02124</t>
   </si>
   <si>
     <t>Asia and Pacific</t>
   </si>
   <si>
     <t>Australia</t>
   </si>
   <si>
     <t>Wed, 12/13/2023 - 18:20</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>Climate Controls</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Department of Climate Change and Energy Efficiency (DCCEE)  ( http://www.energyrating.gov.au/ )</t>
   </si>
   <si>
     <t>This standard specifies the MEPS for close control air conditioners (used where temperature and humidity are required to be monitored and maintained within narrow limits, for example, use in computer rooms, data processing units, telecommunications facilities and other industrial process areas) that fall in the scope of AS/NZS 4965.1.</t>
   </si>
   <si>
     <t>AS/NZS 4965.1:2008</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/greenhouse-and-energy-minimum-standards-close-control-air-conditioners-determination-2012</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -474,70 +475,70 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:T2"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="108" bestFit="true" customWidth="true" style="0"/>
-[...18 lines deleted...]
-    <col min="20" max="20" width="143" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="108.402" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="108.402" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="60.128" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="22.28" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="42.418" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="17" max="17" width="113.115" bestFit="true" customWidth="true" style="0"/>
+    <col min="18" max="18" width="397.474" bestFit="true" customWidth="true" style="0"/>
+    <col min="19" max="19" width="23.423" bestFit="true" customWidth="true" style="0"/>
+    <col min="20" max="20" width="143.822" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:20">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
@@ -617,82 +618,83 @@
         <v>28</v>
       </c>
       <c r="N2" t="s">
         <v>29</v>
       </c>
       <c r="O2" t="s">
         <v>30</v>
       </c>
       <c r="P2" t="s">
         <v>31</v>
       </c>
       <c r="Q2" t="s">
         <v>32</v>
       </c>
       <c r="R2" t="s">
         <v>33</v>
       </c>
       <c r="S2" t="s">
         <v>34</v>
       </c>
       <c r="T2" t="s">
         <v>35</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Worksheet</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>