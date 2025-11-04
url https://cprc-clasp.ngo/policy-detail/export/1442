--- v0 (2025-10-15)
+++ v1 (2025-11-04)
@@ -17,51 +17,51 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="36">
   <si>
     <t>title</t>
   </si>
   <si>
-    <t>field_unofficial_name</t>
+    <t>Policy Name</t>
   </si>
   <si>
     <t>Source</t>
   </si>
   <si>
     <t>Policy Description</t>
   </si>
   <si>
     <t>Adopted Date</t>
   </si>
   <si>
     <t>Region</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Changed</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
@@ -77,132 +77,133 @@
   <si>
     <t>Products Covered</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Requirements</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Scope</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
     <t>Schedule 13 - Diesel Engine Driven Monoset Pumps for Agricultural purposes</t>
   </si>
   <si>
-    <t>https://beestarlabel.com/Content/Files/Schedule%2013-Diesel%20Engine%20Driven%2…</t>
+    <t>https://beestarlabel.com/Content/Files/Schedule%2013-Diesel%20Engine%20Driven%20MonosetPumps%20for%20Agricultural%20Purposes.pdf</t>
   </si>
   <si>
     <t>Asia and Pacific</t>
   </si>
   <si>
     <t>India</t>
   </si>
   <si>
     <t>Thu, 10/06/2022 - 18:19</t>
   </si>
   <si>
     <t>Oil</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>Agricultural Pumps</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Bureau of Energy Efficiency (BEE)  ( https://beestarlabel.com/ )</t>
   </si>
   <si>
     <t>This schedule specifies the minimum fuel consumption and labeling instructions for  Diesel Engine Driven Monoset Pumps for Agricultural purposes being manufactured, imported, or sold in India. The scope covers Diesel Engine Driven Monoset Pumps for clear, cold, fresh water for agricultural purposes within the range of 2 HP to 10 HP for which the Schedule is applicable.</t>
   </si>
   <si>
     <t>IS 11501:1986, IS 11170:1985 , IS 11346:2002</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/schedule-13-diesel-engine-driven-monoset-pumps-agricultural-purposes</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -474,70 +475,70 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:T2"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="88" bestFit="true" customWidth="true" style="0"/>
-[...18 lines deleted...]
-    <col min="20" max="20" width="119" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="88.407" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="88.407" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="152.106" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="22.28" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="42.418" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="22.28" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="17" max="17" width="76.553" bestFit="true" customWidth="true" style="0"/>
+    <col min="18" max="18" width="438.75" bestFit="true" customWidth="true" style="0"/>
+    <col min="19" max="19" width="52.987" bestFit="true" customWidth="true" style="0"/>
+    <col min="20" max="20" width="119.114" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:20">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
@@ -617,82 +618,83 @@
         <v>28</v>
       </c>
       <c r="N2" t="s">
         <v>29</v>
       </c>
       <c r="O2" t="s">
         <v>30</v>
       </c>
       <c r="P2" t="s">
         <v>31</v>
       </c>
       <c r="Q2" t="s">
         <v>32</v>
       </c>
       <c r="R2" t="s">
         <v>33</v>
       </c>
       <c r="S2" t="s">
         <v>34</v>
       </c>
       <c r="T2" t="s">
         <v>35</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Worksheet</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>