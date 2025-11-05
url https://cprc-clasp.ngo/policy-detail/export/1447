--- v0 (2025-10-15)
+++ v1 (2025-11-05)
@@ -17,51 +17,51 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="37">
   <si>
     <t>title</t>
   </si>
   <si>
-    <t>field_unofficial_name</t>
+    <t>Policy Name</t>
   </si>
   <si>
     <t>Source</t>
   </si>
   <si>
     <t>Policy Description</t>
   </si>
   <si>
     <t>Adopted Date</t>
   </si>
   <si>
     <t>Region</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Changed</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
@@ -77,135 +77,136 @@
   <si>
     <t>Products Covered</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Requirements</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Scope</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
     <t>Nordic Ecolabel 040 Machines for Parks and Gardens</t>
   </si>
   <si>
-    <t>http://www.svanen.se/en/Criteria/Nordic-Ecolabel-criteria/Criteria/?productGrou…</t>
+    <t>http://www.svanen.se/en/Criteria/Nordic-Ecolabel-criteria/Criteria/?productGroupID=21</t>
   </si>
   <si>
     <t>Only machines with a nominal engine rating of less than or equal to 19 kW can be Nordic Ecolabelled. Engine operated machines must also be covered by the EU's Machinery Directive: 2006-42-EC. Combustion engine operated machines include air-cooled or liquid-cooled two stroke or four-stroke engines. Petrol, diesel, ethanol or other renewable fuels may be used. The engine shall be new and adapted to the fuel types for which it is intended. Electrically powered machines may be corded or battery or solar cell operated. The product group machines for parks and gardens does not include agricultural or forestry tractors, nor terrain vehicles, i.e. All Terrain Vehicles.</t>
   </si>
   <si>
     <t>Europe</t>
   </si>
   <si>
     <t>Sweden</t>
   </si>
   <si>
     <t>Thu, 06/03/2021 - 20:15</t>
   </si>
   <si>
     <t>Electricity, Oil</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>October 2015</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>Outdoor Tools &amp; Equipment</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Ecolabelling Sweden  ( https://www.svanen.se/en/about-us/organisation/ )</t>
   </si>
   <si>
     <t>Working machines used for the care of parks and gardens, both privately and commercially, can be Nordic Ecolabelled. The following manual, electric and combustion engine driven machines can be awarded a Nordic Ecolabel: Lawnmowers; Lawn Trimmers and lawn edge trimmers; Brush cutters; Chainsaws; Leaf collectors and leaf blowers for professional use; Hedge trimmers; Compost shredders; Rotary cultivators; Riding lawn tractors and mowers; Snow blowers.   Only machines with a nominal engine rating of less than or equal to 19 kW can be Nordic Ecolabelled. Engine operated machines must also be covered by the EU's Machinery Directive: 2006-42-EC.  Combustion engine operated machines include air-cooled or liquid-cooled two stroke or four-stroke engines. Petrol, diesel, ethanol or other renewable fuels may be used. The engine shall be new and adapted to the fuel types for which it is intended.   Electrically powered machines may be corded or battery or solar cell operated. The product group machines for parks and gardens does not include agricultural or forestry tractors, nor terrain vehicles, i.e. All Terrain Vehicles.</t>
   </si>
   <si>
     <t>ISO 8178, CEC RF-08-A-85</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nordic-ecolabel-040-machines-parks-and-gardens</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -477,70 +478,70 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:T2"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="60" bestFit="true" customWidth="true" style="0"/>
-[...18 lines deleted...]
-    <col min="20" max="20" width="93" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="60.128" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="60.128" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="101.404" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="790.236" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="8.141" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="42.418" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="30.564" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="17" max="17" width="85.979" bestFit="true" customWidth="true" style="0"/>
+    <col min="18" max="18" width="1330.675" bestFit="true" customWidth="true" style="0"/>
+    <col min="19" max="19" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="20" max="20" width="93.12" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:20">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
@@ -622,82 +623,83 @@
         <v>29</v>
       </c>
       <c r="N2" t="s">
         <v>30</v>
       </c>
       <c r="O2" t="s">
         <v>31</v>
       </c>
       <c r="P2" t="s">
         <v>32</v>
       </c>
       <c r="Q2" t="s">
         <v>33</v>
       </c>
       <c r="R2" t="s">
         <v>34</v>
       </c>
       <c r="S2" t="s">
         <v>35</v>
       </c>
       <c r="T2" t="s">
         <v>36</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Worksheet</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>