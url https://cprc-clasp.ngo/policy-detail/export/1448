--- v0 (2025-10-13)
+++ v1 (2025-11-04)
@@ -17,51 +17,51 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="37">
   <si>
     <t>title</t>
   </si>
   <si>
-    <t>field_unofficial_name</t>
+    <t>Policy Name</t>
   </si>
   <si>
     <t>Source</t>
   </si>
   <si>
     <t>Policy Description</t>
   </si>
   <si>
     <t>Adopted Date</t>
   </si>
   <si>
     <t>Region</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Changed</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
@@ -146,66 +146,67 @@
   <si>
     <t>https://cprc-clasp.ngo/policies/regulation-energy-efficiency-requirements-mass-produced-systems-vehicles-and-appliances</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -477,70 +478,70 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:T2"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="114" bestFit="true" customWidth="true" style="0"/>
-[...18 lines deleted...]
-    <col min="20" max="20" width="141" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="114.258" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="135.538" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="83.694" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="22.28" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="8.141" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="35.277" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="42.418" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="684.119" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="17" max="17" width="81.266" bestFit="true" customWidth="true" style="0"/>
+    <col min="18" max="18" width="245.226" bestFit="true" customWidth="true" style="0"/>
+    <col min="19" max="19" width="23.423" bestFit="true" customWidth="true" style="0"/>
+    <col min="20" max="20" width="141.394" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:20">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
@@ -622,82 +623,83 @@
         <v>29</v>
       </c>
       <c r="N2" t="s">
         <v>30</v>
       </c>
       <c r="O2" t="s">
         <v>31</v>
       </c>
       <c r="P2" t="s">
         <v>32</v>
       </c>
       <c r="Q2" t="s">
         <v>33</v>
       </c>
       <c r="R2" t="s">
         <v>34</v>
       </c>
       <c r="S2" t="s">
         <v>35</v>
       </c>
       <c r="T2" t="s">
         <v>36</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Worksheet</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>