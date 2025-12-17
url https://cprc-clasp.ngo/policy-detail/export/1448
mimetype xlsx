--- v1 (2025-11-04)
+++ v2 (2025-12-17)
@@ -89,57 +89,57 @@
   <si>
     <t>Scope</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
     <t>Regulation on Energy Efficiency Requirements for Mass-Produced Systems, Vehicles, and Appliances</t>
   </si>
   <si>
     <t>Verordnung über die Anforderungen an die Energieeffizienz serienmässig hergestellter Anlagen, Fahrzeuge und Geräte</t>
   </si>
   <si>
     <t>https://www.admin.ch/opc/de/classified-compilation/20162950/index.html</t>
   </si>
   <si>
     <t>Europe</t>
   </si>
   <si>
     <t>Switzerland</t>
   </si>
   <si>
-    <t>Wed, 06/09/2021 - 20:24</t>
+    <t>Tue, 11/04/2025 - 21:09</t>
   </si>
   <si>
     <t>Electricity, Other Solid Fuel</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>Computers, Servers, Networking Equipment, Stand-by and networked devices, Televisions, Set Top Boxes (STB), Displays, External Power Supply, Vacuum Cleaners, Ovens, Dishwashers, Cooktops or Hobs, Coffee Machines, Clothes Dryers, Washer and Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Indoor Luminaires, 3-Phase Motors, Industrial Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Storage Water Heaters, Building Circulator Pumps, Pumps Other, Power Transformers, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Swiss Federal Office of Energy  ( http://www.bfe.admin.ch/?lang=en )</t>
   </si>
   <si>
     <t>This policy applies to mass-produced systems, vehicles, and devices as well as their mass-produced components that consume a considerable amount of energy and are placed on the market or sold in Switzerland.</t>
   </si>
   <si>
     <t>See Policy</t>
   </si>
@@ -487,51 +487,51 @@
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:T2"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="114.258" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="135.538" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="83.694" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="22.28" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="15.282" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="35.277" bestFit="true" customWidth="true" style="0"/>
-    <col min="10" max="10" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="42.418" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="56.558" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="684.119" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="43.561" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="15.282" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="81.266" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="245.226" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="141.394" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:20">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>