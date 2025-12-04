--- v0 (2025-10-15)
+++ v1 (2025-12-04)
@@ -17,51 +17,51 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="37">
   <si>
     <t>title</t>
   </si>
   <si>
-    <t>field_unofficial_name</t>
+    <t>Policy Name</t>
   </si>
   <si>
     <t>Source</t>
   </si>
   <si>
     <t>Policy Description</t>
   </si>
   <si>
     <t>Adopted Date</t>
   </si>
   <si>
     <t>Region</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Changed</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
@@ -90,123 +90,124 @@
     <t>Scope</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
     <t>GB 25501-2019 Minimum allowable values of water efficiency and water efficiency grades for faucets</t>
   </si>
   <si>
     <t>GB 25501-2019 Minimum allowable values of water efficiency and water efficiency grades for faucets
 水嘴水效限定值及水效等级</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=9B70DDA94003A80CE05397BE0A0A84AC</t>
   </si>
   <si>
     <t>Asia and Pacific</t>
   </si>
   <si>
     <t>China</t>
   </si>
   <si>
-    <t>Thu, 06/03/2021 - 20:18</t>
+    <t>Tue, 11/04/2025 - 21:09</t>
   </si>
   <si>
     <t>Water</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>Taps or Faucets</t>
   </si>
   <si>
     <t>Water Efficiency</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>The Standardisation Administration of China (SAC)  ( http://ncse.sac.gov.cn/sacen/ )</t>
   </si>
   <si>
     <t>This standard specifies the minimum allowable values of water efficiency, evaluating values of water conservation, water efficiency grades and test methods for faucets. It is applicable to the water efficiency evaluation of washbasin faucets, kitchen faucets, bidgets faucets and ordinary washing faucets that are installed at ends of cold and hot water supply pipelines in buildings, with nominal pressure (static pressure) of not greater than 1.0 MPa and medium temperature of 4℃~ 90℃.</t>
   </si>
   <si>
     <t>GB/T 33733</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-25501-2019-minimum-allowable-values-water-efficiency-and-water-efficiency-grades</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -478,70 +479,70 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:T2"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="116" bestFit="true" customWidth="true" style="0"/>
-[...18 lines deleted...]
-    <col min="20" max="20" width="136" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="116.686" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="116.686" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="94.263" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="22.28" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="42.418" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="17" max="17" width="100.118" bestFit="true" customWidth="true" style="0"/>
+    <col min="18" max="18" width="575.574" bestFit="true" customWidth="true" style="0"/>
+    <col min="19" max="19" width="23.423" bestFit="true" customWidth="true" style="0"/>
+    <col min="20" max="20" width="136.681" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:20">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
@@ -623,82 +624,83 @@
         <v>29</v>
       </c>
       <c r="N2" t="s">
         <v>30</v>
       </c>
       <c r="O2" t="s">
         <v>31</v>
       </c>
       <c r="P2" t="s">
         <v>32</v>
       </c>
       <c r="Q2" t="s">
         <v>33</v>
       </c>
       <c r="R2" t="s">
         <v>34</v>
       </c>
       <c r="S2" t="s">
         <v>35</v>
       </c>
       <c r="T2" t="s">
         <v>36</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Worksheet</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>