--- v0 (2025-10-15)
+++ v1 (2025-11-05)
@@ -17,51 +17,51 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="36">
   <si>
     <t>title</t>
   </si>
   <si>
-    <t>field_unofficial_name</t>
+    <t>Policy Name</t>
   </si>
   <si>
     <t>Source</t>
   </si>
   <si>
     <t>Policy Description</t>
   </si>
   <si>
     <t>Adopted Date</t>
   </si>
   <si>
     <t>Region</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Changed</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
@@ -93,120 +93,121 @@
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
     <t>Decision No. 14/2023/QD-TTg: Lists of Low-Efficiency Equipment Subject to Elimination and Low-Efficiency Generating Sets Banned from Development and Application Roadmaps</t>
   </si>
   <si>
     <t>https://vanban.chinhphu.vn/?pageid=27160&amp;docid=207954</t>
   </si>
   <si>
     <t>Products in scope include: 
 a) Home appliances: Compact fluorescent lamps, electronic ballasts for fluorescent lamps, electromagnetic ballasts for fluorescent lamps, linear tubular fluorescent lamps, storage water heaters, infrared hobs, induction hubs, LED lamps, non-ducted air conditioners, clothes washing machines for household use, television sets, electric cookers, electric fans, refrigerators, refrigerator-freezers, and freezers.
 b) Office and commercial equipment: Computer monitors, copiers, printers, notebook computers, desktop computers, and commercial refrigerated cabinets.
 c) Industrial equipment: Three-phase asynchronous squirrel cage electrical motors, distribution transformers, LED road and street lighting luminaires, and industrial boilers.
 View previous Decision. Decision No. 04/2017 List of MEPS and labeling requirements for appliances and the implementation roadmap</t>
   </si>
   <si>
     <t>Asia and Pacific</t>
   </si>
   <si>
     <t>Vietnam*</t>
   </si>
   <si>
-    <t>Thu, 08/21/2025 - 18:55</t>
+    <t>Tue, 11/04/2025 - 21:09</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>January 2024</t>
   </si>
   <si>
     <t>Comparative Label, Endorsement Label</t>
   </si>
   <si>
     <t>Computers, Imaging Equipment, Televisions, Displays, Induction Cookstoves or Hobs, Rice Cookers, Electric Kettles, Cooktops or Hobs, Washing Machines, Indoor Luminaires, Streetlighting, Tubular Lamps, Non-Directional lamps, Fluorescent and HID Lighting, 3-Phase Motors, Ceiling Fans, Portable Fans, Room ACs - Stationary ACs, Storage Water Heaters, Distribution Transformers, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Ministry of Industry and Trade (MOIT)  ( https://moit.gov.vn/web/guest )</t>
   </si>
   <si>
     <t>This Decision regulates the list of products that have mandatory Minimum Energy Performance Standards (MEPS) that must be met before being imported to Vietnam. Devices such as LED lamps, infrared hobs, induction hobs, refrigerators, refrigerator-freezers and freezers, storage water heaters, non-ducted air conditioners, television sets, notebook computers, desktop computers, LED road and street lighting luminaries, and industrial boilers should comply with the most recent standards beginning April 1, 2025. The Decision comes into force on July 15, 2023, and Decision No. 24/2018/QD-TTg will expire at such time.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/decision-no-142023qd-ttg-lists-low-efficiency-equipment-subject-elimination-and-low</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -478,70 +479,70 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:T2"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="200" bestFit="true" customWidth="true" style="0"/>
-[...18 lines deleted...]
-    <col min="20" max="20" width="136" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="200.38" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="200.38" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="63.556" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="485.881" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="42.418" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="515.446" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="17" max="17" width="85.979" bestFit="true" customWidth="true" style="0"/>
+    <col min="18" max="18" width="727.822" bestFit="true" customWidth="true" style="0"/>
+    <col min="19" max="19" width="23.423" bestFit="true" customWidth="true" style="0"/>
+    <col min="20" max="20" width="136.681" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:20">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
@@ -623,82 +624,83 @@
       </c>
       <c r="M2" t="s">
         <v>29</v>
       </c>
       <c r="N2" t="s">
         <v>30</v>
       </c>
       <c r="O2" t="s">
         <v>31</v>
       </c>
       <c r="P2" t="s">
         <v>32</v>
       </c>
       <c r="Q2" t="s">
         <v>33</v>
       </c>
       <c r="R2" t="s">
         <v>34</v>
       </c>
       <c r="S2"/>
       <c r="T2" t="s">
         <v>35</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Worksheet</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>