--- v0 (2025-10-15)
+++ v1 (2025-11-05)
@@ -17,51 +17,51 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="37">
   <si>
     <t>title</t>
   </si>
   <si>
-    <t>field_unofficial_name</t>
+    <t>Policy Name</t>
   </si>
   <si>
     <t>Source</t>
   </si>
   <si>
     <t>Policy Description</t>
   </si>
   <si>
     <t>Adopted Date</t>
   </si>
   <si>
     <t>Region</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Changed</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
@@ -77,96 +77,96 @@
   <si>
     <t>Products Covered</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Requirements</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Scope</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
     <t>TCVN 11848:2021 - Notebook computers</t>
   </si>
   <si>
-    <t>https://static.luatvietnam.vn/xem-noi-dung-file-tieu-chuan-viet-nam-tcvn-11848-…</t>
+    <t>https://static.luatvietnam.vn/xem-noi-dung-file-tieu-chuan-viet-nam-tcvn-11848-2021-bo-khoa-hoc-va-cong-nghe-238464-d3/uploaded/VIETLAWFILE/2022/12/TCVN_11848_2021_TCDLCL_191222115003.pdf.aspx</t>
   </si>
   <si>
     <t>This policy will replace TCVN 11848: 2017 Notebook computers - energy efficiency and test methods after 1 January 2025.
 Product scope details: 
 1. Laptops
 The computer is designed specifically to be portable and able to operate for long periods of time, with or without a direct connection to the mains power supply. The laptop uses an integrated display and is capable of operating from an integrated battery. Additionally, most laptops use an external power supply or AC adapter and have an integrated keyboard and pointing device. 
 2. Two-in-one laptops
 The computer is assembled like a traditional laptop but the screen is detachable and can function as an independent tablet when the screen is detached. The keyboard and display are delivered as one integrated device.
 3. All-in-one laptops
 The computer is designed to be portable and meets all of the following criteria:
-	Integrated screen with diagonal size greater than or equal to 17.4 inches;
+Integrated screen with diagonal size greater than or equal to 17.4 inches;
 	Do not have an integrated keyboard in the same case as the computer;
 	Have input devices and mainly touch screens;
 	Have a wireless network connection (wifi, 3G, ...);
 	Have a battery inside.
 4. Tablets
 The computer is designed to be portable and meets all of the following criteria:
-	The integrated display has a diagonal size greater than or equal to 6.5 inches and less than 17.4 inches;
+The integrated display has a diagonal size greater than or equal to 6.5 inches and less than 17.4 inches;
 	There is no integrated keyboard in the same case as the computer;
 	Have input devices and mainly touch screens
 	Have a wireless network connection (wifi, 3G, ...);
 	Have (and is mainly powered by) an internal battery (connected to the mains source only for charging the battery and not for powering the device).
 5. Mobile workstations
 The laptop meets all of the following criteria:
-	Have a mean time between failures (MTBF) of at least 13 000 h (based on Telcordia SR-332, or Issue X or data collected in the field);
+Have a mean time between failures (MTBF) of at least 13 000 h (based on Telcordia SR-332, or Issue X or data collected in the field);
 	Certification by 2 or more independent Software Vendor product certification organizations (ISV); These certifications may be in process, but partners must ensure completion within 3 months of certification.
 	Supports at least 32 gigabytes of system memory; and
 	Supports:
-		At least one integrated graphics processing unit (GPU) or one discrete GPU with a frame buffer bandwidth of 96 gigabytes/s or more; or
+	At least one integrated graphics processing unit (GPU) or one discrete GPU with a frame buffer bandwidth of 96 gigabytes/s or more; or
 		Total system memory of 4 gigabytes or more with bandwidth of 134 gigabytes/s or more and an integrated GPU.</t>
   </si>
   <si>
     <t>Asia and Pacific</t>
   </si>
   <si>
     <t>Vietnam*</t>
   </si>
   <si>
-    <t>Thu, 01/04/2024 - 17:10</t>
+    <t>Tue, 11/04/2025 - 21:09</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>January 2024</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>Computers</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Ministry of Industry and Trade (MOIT)  ( https://moit.gov.vn/web/guest )</t>
   </si>
   <si>
     <t>This standard specifies energy efficiency requirements and methods for determining energy consumption for laptops, two-in-one laptops, all-in-one laptops, tablets, and mobile workstations.  This standard does not apply to client computers, mobile client computers, mobile gaming consoles, point-of-sale (POS) machines, and tablets used in point-of-sale machines. This standard was adopted on 28 December 2021. It will enter into force on 1 January 2025.</t>
   </si>
   <si>
     <t>TCVN 11847:2017
 ,   
@@ -177,66 +177,67 @@
   <si>
     <t>https://cprc-clasp.ngo/policies/tcvn-118482021-notebook-computers</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -508,70 +509,70 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:T2"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="43" bestFit="true" customWidth="true" style="0"/>
-[...18 lines deleted...]
-    <col min="20" max="20" width="77" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="227.516" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="448.176" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="42.418" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="17" max="17" width="85.979" bestFit="true" customWidth="true" style="0"/>
+    <col min="18" max="18" width="535.441" bestFit="true" customWidth="true" style="0"/>
+    <col min="19" max="19" width="41.133" bestFit="true" customWidth="true" style="0"/>
+    <col min="20" max="20" width="77.695" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:20">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
@@ -655,82 +656,83 @@
         <v>29</v>
       </c>
       <c r="N2" t="s">
         <v>30</v>
       </c>
       <c r="O2" t="s">
         <v>31</v>
       </c>
       <c r="P2" t="s">
         <v>32</v>
       </c>
       <c r="Q2" t="s">
         <v>33</v>
       </c>
       <c r="R2" t="s">
         <v>34</v>
       </c>
       <c r="S2" t="s">
         <v>35</v>
       </c>
       <c r="T2" t="s">
         <v>36</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Worksheet</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>