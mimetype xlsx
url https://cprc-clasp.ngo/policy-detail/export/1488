--- v0 (2025-12-04)
+++ v1 (2025-12-26)
@@ -89,57 +89,57 @@
   <si>
     <t>Scope</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
     <t>TCVN 8630:2010 Boilers - energy efficiency and test methods</t>
   </si>
   <si>
     <t>https://tieuchuan.vsqi.gov.vn/tieuchuan/view?sohieu=TCVN+8630%3A2019</t>
   </si>
   <si>
     <t>This policy replaces TCVN 8630:2010 Boilers - energy efficiency and test methods, which will remain in effect through 31 March 2025.</t>
   </si>
   <si>
     <t>Asia and Pacific</t>
   </si>
   <si>
     <t>Vietnam*</t>
   </si>
   <si>
-    <t>Tue, 11/04/2025 - 21:09</t>
+    <t>Fri, 12/05/2025 - 17:42</t>
   </si>
   <si>
     <t>Gas, Oil</t>
   </si>
   <si>
-    <t>Entered into force, Revised</t>
+    <t>Revised, Superseded</t>
   </si>
   <si>
     <t>January 2024</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>Boilers and Furnaces</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Ministry of Industry and Trade (MOIT)  ( https://moit.gov.vn/web/guest )</t>
   </si>
   <si>
     <t>This standard stipulates energy efficiency requirements and test methods for determining energy efficiency for fuel-burning boilers. The methods for determining boiler efficiency use the forward balance method and the reverse balance method. This standard does not apply to boilers used to produce electricity. This standard will enter into effect on 1 April 2025.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tcvn-86302010-boilers-energy-efficiency-and-test-methods</t>
   </si>
@@ -484,51 +484,51 @@
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:T2"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="70.697" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="70.697" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="81.266" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="156.819" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="15.282" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="11.711" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="12.854" bestFit="true" customWidth="true" style="0"/>
-    <col min="10" max="10" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="42.418" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="21.138" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="15.282" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="85.979" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="430.466" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="104.832" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:20">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>