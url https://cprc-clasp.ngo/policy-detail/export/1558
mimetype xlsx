--- v0 (2025-10-31)
+++ v1 (2025-11-25)
@@ -17,51 +17,51 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="36">
   <si>
     <t>title</t>
   </si>
   <si>
-    <t>field_unofficial_name</t>
+    <t>Policy Name</t>
   </si>
   <si>
     <t>Source</t>
   </si>
   <si>
     <t>Policy Description</t>
   </si>
   <si>
     <t>Adopted Date</t>
   </si>
   <si>
     <t>Region</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Changed</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
@@ -86,123 +86,124 @@
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Scope</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
     <t>10 CFR 431—Energy Efficiency Program For Certain Commercial And Industrial Equipment</t>
   </si>
   <si>
     <t>https://www.ecfr.gov/current/title-10/chapter-II/subchapter-D/part-431</t>
   </si>
   <si>
     <t>Americas</t>
   </si>
   <si>
     <t>United States of America*</t>
   </si>
   <si>
-    <t>Wed, 12/18/2024 - 18:14</t>
+    <t>Tue, 11/04/2025 - 21:09</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>December 2020</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>Washing Machines, Streetlighting, Air Compressors, 3-Phase Motors, 1-Phase Motors, Heat Pumps, Boilers and Furnaces, Portable ACs, Packaged Terminals, Central ACs, Instantaneous Water Heaters, Storage Water Heaters, Building Circulator Pumps, Pump Systems, Pool Pumps, Power Transformers, Walk-In Coolers and Freezers, Refrigerators-Freezers, Refrigerated Vending Machines, Ice Machines, Freezers-only</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>U.S. Department of Energy  ( https://www.energy.gov/eere/buildings/appliance-and-equipment-standards-program )</t>
   </si>
   <si>
     <t>Commercial warm air furnace means a warm air furnace that is industrial equipment and that has a capacity -rated maximum input- of 225000 Btu per hour or more.  A warm air furnace is defined as a self-contained oil-fired or gas-fired furnace designed to supply heated air through ducts to spaces that require it and includes combination warm air furnace or electric air conditioning units but does not include unit heaters and duct furnaces.</t>
   </si>
   <si>
     <t>10 CFR 431 and product-specific Subparts</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/10-cfr-431-energy-efficiency-program-certain-commercial-and-industrial-equipment</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -474,70 +475,70 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:T2"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="100" bestFit="true" customWidth="true" style="0"/>
-[...18 lines deleted...]
-    <col min="20" max="20" width="133" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="100.118" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="100.118" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="83.694" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="22.28" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="10.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="30.564" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="42.418" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="474.17" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="17" max="17" width="130.825" bestFit="true" customWidth="true" style="0"/>
+    <col min="18" max="18" width="521.301" bestFit="true" customWidth="true" style="0"/>
+    <col min="19" max="19" width="48.274" bestFit="true" customWidth="true" style="0"/>
+    <col min="20" max="20" width="133.253" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:20">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
@@ -619,82 +620,83 @@
         <v>28</v>
       </c>
       <c r="N2" t="s">
         <v>29</v>
       </c>
       <c r="O2" t="s">
         <v>30</v>
       </c>
       <c r="P2" t="s">
         <v>31</v>
       </c>
       <c r="Q2" t="s">
         <v>32</v>
       </c>
       <c r="R2" t="s">
         <v>33</v>
       </c>
       <c r="S2" t="s">
         <v>34</v>
       </c>
       <c r="T2" t="s">
         <v>35</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Worksheet</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>