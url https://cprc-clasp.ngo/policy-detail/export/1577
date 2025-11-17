--- v0 (2025-10-13)
+++ v1 (2025-11-17)
@@ -17,51 +17,51 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="37">
   <si>
     <t>title</t>
   </si>
   <si>
-    <t>field_unofficial_name</t>
+    <t>Policy Name</t>
   </si>
   <si>
     <t>Source</t>
   </si>
   <si>
     <t>Policy Description</t>
   </si>
   <si>
     <t>Adopted Date</t>
   </si>
   <si>
     <t>Region</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Changed</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
@@ -89,123 +89,124 @@
   <si>
     <t>Scope</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
     <t>10 CFR 430—Energy Conservation Program for Consumer Products</t>
   </si>
   <si>
     <t>https://www.ecfr.gov/current/title-10/chapter-II/subchapter-D/part-430</t>
   </si>
   <si>
     <t> • Dishwasher means a cabinet-like appliance which with the aid of water and detergent- washes rinses and dries -when a drying process is included; dishware glassware eating utensils and most cooking utensils by chemical mechanical and or electrical means and discharges to the plumbing drainage system. • Microwave oven means a class of cooking products which is a household cooking appliance consisting of a compartment designed to cook or heat food by means of microwave energy; including microwave ovens with or without thermal elements designed for surface browning of food and convection microwave ovens. • Conventional oven means a class of cooking products which is a household cooking appliance consisting of one or more compartments intended for the cooking or heating of food by means of either a gas flame or electric resistance heating. It does not include portable or countertop ovens which use electric resistance heating for the cooking or heating of food and are designed for an electrical supply of approximately 120 volts. • Furnace means a product which utilizes only single-phase electric current; or single-phase electric current or DC current in conjunction with natural gas; propane; or home heating oil; and which Is designed to be the principal heating source for the living space of a residence. • Residential boiler means a product which utilizes only single-phase electric current; or single-phase electric current or DC current in conjunction with natural gas propane; or home heating oil and which is designed to be the principal heating source for he living space of residence; and has a heat input rate of less than 300000 Bu per hour. 10 CFR 430.2 Manufacturers have been required to comply with the U.S. Department of Energy energy conservation standards for residential boilers since 1987. • Variable refrigerant flow multi-split air conditioners means a unit of commercial package air-conditioning equipment that is configured as a split system air conditioner incorporating a single refrigerant circuit; Variable refrigerant flow multi-split heat pumps means a unit of commercial package air-conditioning and heating equipment that is configured as a split system heat pump that uses reverse cycle refrigeration as its primary heating source and which may include secondary supplemental heating by means of electrical resistance steam hot water or gas. • Residential central air conditioners and heat pumps are installed as part of a homes central heating and cooling system. They use ducts to distribute cooled or dehumidified air to more than one room. Residential central air conditioners and heat pumps include split system central air conditioners and heat pumps; single package central air conditioners; single package heat pumps; small-duct high-velocity products; and space constrained products. • Room Air Conditioner means a consumer product; other than a packaged terminal air conditioner; which is powered by a single phase electric current and which is an encased assembly designed as a unit for mounting in a window or through the wall for the purpose of providing delivery of conditioned air to an enclosed space. It includes a prime source of refrigeration and may include a means for ventilating and heating. • Direct heating equipment means vented home heating equipment and unvented home heating equipment. Vented home heating equipment means a class of home heating equipment; not including furnaces; designed to furnish warmed air to the living space of a residence directly from the device without duct connections. • Electric clothes dryer means a cabinet-like appliance designed to dry fabrics in a tumble-type drum with forced air circulation. The heat source is electricity and the drum and blowers are driven by an electric motors. Gas clothes dryer means a cabinet-like appliance designed to dry fabrics in a tumble-type drum with forced air circulation. The heat source is gas and the drum and blowers are driven by an electric motors. • Clothes washer means a consumer product designed to clean clothes; utilizing a water solution of soap and</t>
   </si>
   <si>
     <t>Americas</t>
   </si>
   <si>
     <t>United States of America*</t>
   </si>
   <si>
-    <t>Wed, 12/18/2024 - 18:18</t>
+    <t>Tue, 11/04/2025 - 21:09</t>
   </si>
   <si>
     <t>Electricity, Gas</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>December 2024</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>Electronics, Uninterruptable Power Supply, Battery Chargers, External Power Supply, Dehumidifiers, Air Cleaners, Ovens, Microwaves, Dishwashers, Clothes Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, Ceiling Fans, Duct Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Central ACs, Pool Heaters, Instantaneous Water Heaters, Storage Water Heaters, Showers or Showerheads, Urinals, Taps or Faucets, Distribution Transformers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>U.S. Department of Energy  ( https://www.energy.gov/eere/buildings/appliance-and-equipment-standards-program )</t>
   </si>
   <si>
     <t>Conventional cooking top means a class of cooking products which is a household cooking appliance consisting of a horizontal surface containing one or more surface units which utilize a gas flame; electric resistance heating; or electric inductive heating.</t>
   </si>
   <si>
     <t>10 CFR 430 Subpart B</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/10-cfr-430-energy-conservation-program-consumer-products</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -477,70 +478,70 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:T2"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="71" bestFit="true" customWidth="true" style="0"/>
-[...18 lines deleted...]
-    <col min="20" max="20" width="104" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="71.84" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="71.84" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="83.694" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="4849.673" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="10.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="30.564" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="42.418" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="643.986" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="17" max="17" width="130.825" bestFit="true" customWidth="true" style="0"/>
+    <col min="18" max="18" width="303.069" bestFit="true" customWidth="true" style="0"/>
+    <col min="19" max="19" width="24.708" bestFit="true" customWidth="true" style="0"/>
+    <col min="20" max="20" width="104.832" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:20">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
@@ -624,82 +625,83 @@
         <v>29</v>
       </c>
       <c r="N2" t="s">
         <v>30</v>
       </c>
       <c r="O2" t="s">
         <v>31</v>
       </c>
       <c r="P2" t="s">
         <v>32</v>
       </c>
       <c r="Q2" t="s">
         <v>33</v>
       </c>
       <c r="R2" t="s">
         <v>34</v>
       </c>
       <c r="S2" t="s">
         <v>35</v>
       </c>
       <c r="T2" t="s">
         <v>36</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Worksheet</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>