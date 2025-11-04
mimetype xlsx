--- v0 (2025-10-13)
+++ v1 (2025-11-04)
@@ -17,51 +17,51 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="36">
   <si>
     <t>title</t>
   </si>
   <si>
-    <t>field_unofficial_name</t>
+    <t>Policy Name</t>
   </si>
   <si>
     <t>Source</t>
   </si>
   <si>
     <t>Policy Description</t>
   </si>
   <si>
     <t>Adopted Date</t>
   </si>
   <si>
     <t>Region</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Changed</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
@@ -77,51 +77,51 @@
   <si>
     <t>Products Covered</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Requirements</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Scope</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
     <t>CARICOM Regional Energy Efficiency Labelling Scheme</t>
   </si>
   <si>
-    <t>https://energy.crosq.org/the-caricom-energy-efficiency-labelling-scheme-what-yo…</t>
+    <t>https://energy.crosq.org/the-caricom-energy-efficiency-labelling-scheme-what-you-need-to-know/</t>
   </si>
   <si>
     <t>The scheme will be a pilot involving Belize, Jamaica, Saint Lucia and Trinidad and Tobago. It is hoped by 2021, some aspects of the scheme will officially be launched as the piloting of the labels begin on a voluntary basis, and thereafter the full logistics are finalized. </t>
   </si>
   <si>
     <t>Americas</t>
   </si>
   <si>
     <t>CARICOM</t>
   </si>
   <si>
     <t>Tue, 05/04/2021 - 18:25</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>Under development</t>
   </si>
   <si>
     <t>May 2021</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
@@ -143,66 +143,67 @@
   <si>
     <t>https://cprc-clasp.ngo/policies/caricom-regional-energy-efficiency-labelling-scheme</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -474,70 +475,70 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:T2"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="61" bestFit="true" customWidth="true" style="0"/>
-[...18 lines deleted...]
-    <col min="20" max="20" width="98" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="61.271" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="61.271" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="111.973" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="324.349" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="10.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="42.418" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="108.402" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="17" max="17" width="102.546" bestFit="true" customWidth="true" style="0"/>
+    <col min="18" max="18" width="572.003" bestFit="true" customWidth="true" style="0"/>
+    <col min="19" max="19" width="23.423" bestFit="true" customWidth="true" style="0"/>
+    <col min="20" max="20" width="98.976" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:20">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
@@ -615,82 +616,83 @@
       </c>
       <c r="M2" t="s">
         <v>29</v>
       </c>
       <c r="N2" t="s">
         <v>30</v>
       </c>
       <c r="O2" t="s">
         <v>31</v>
       </c>
       <c r="P2" t="s">
         <v>32</v>
       </c>
       <c r="Q2" t="s">
         <v>33</v>
       </c>
       <c r="R2" t="s">
         <v>34</v>
       </c>
       <c r="S2"/>
       <c r="T2" t="s">
         <v>35</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Worksheet</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>