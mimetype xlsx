--- v0 (2025-10-15)
+++ v1 (2025-11-05)
@@ -17,51 +17,51 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="36">
   <si>
     <t>title</t>
   </si>
   <si>
-    <t>field_unofficial_name</t>
+    <t>Policy Name</t>
   </si>
   <si>
     <t>Source</t>
   </si>
   <si>
     <t>Policy Description</t>
   </si>
   <si>
     <t>Adopted Date</t>
   </si>
   <si>
     <t>Region</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Changed</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
@@ -95,114 +95,115 @@
   <si>
     <t>Permalink</t>
   </si>
   <si>
     <t>GOST 27201-87 Personal electronic computers - Types, main parameters, general technical requirements</t>
   </si>
   <si>
     <t>ГОСТ 27201-87 Машины вычислительные электронные персональные. Типы, основные параметры, общие технические требования</t>
   </si>
   <si>
     <t>https://internet-law.ru/gosts/gost/19749/</t>
   </si>
   <si>
     <t>Europe</t>
   </si>
   <si>
     <t>Russia</t>
   </si>
   <si>
     <t>Wed, 06/09/2021 - 20:15</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>Computers</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Russian Energy Agency  ( http://rosenergo.gov.ru/ )</t>
   </si>
   <si>
     <t>This standard applies to personal electronic computers used as a means of mass automation (mainly to create automated workplaces) in social and industrial spheres of activity in various areas of the national economy and intended for users who do not have special knowledge in the field of computer technology and programming.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gost-27201-87-personal-electronic-computers-types-main-parameters-general-technical</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -474,70 +475,70 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:T2"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="119" bestFit="true" customWidth="true" style="0"/>
-[...18 lines deleted...]
-    <col min="20" max="20" width="136" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="119.114" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="137.966" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="49.417" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="22.28" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="8.141" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="42.418" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="17" max="17" width="61.271" bestFit="true" customWidth="true" style="0"/>
+    <col min="18" max="18" width="384.478" bestFit="true" customWidth="true" style="0"/>
+    <col min="19" max="19" width="23.423" bestFit="true" customWidth="true" style="0"/>
+    <col min="20" max="20" width="136.681" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:20">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
@@ -615,82 +616,83 @@
       </c>
       <c r="M2" t="s">
         <v>29</v>
       </c>
       <c r="N2" t="s">
         <v>30</v>
       </c>
       <c r="O2" t="s">
         <v>31</v>
       </c>
       <c r="P2" t="s">
         <v>32</v>
       </c>
       <c r="Q2" t="s">
         <v>33</v>
       </c>
       <c r="R2" t="s">
         <v>34</v>
       </c>
       <c r="S2"/>
       <c r="T2" t="s">
         <v>35</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Worksheet</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>