--- v0 (2025-10-15)
+++ v1 (2025-11-05)
@@ -17,51 +17,51 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="36">
   <si>
     <t>title</t>
   </si>
   <si>
-    <t>field_unofficial_name</t>
+    <t>Policy Name</t>
   </si>
   <si>
     <t>Source</t>
   </si>
   <si>
     <t>Policy Description</t>
   </si>
   <si>
     <t>Adopted Date</t>
   </si>
   <si>
     <t>Region</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Changed</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
@@ -92,117 +92,118 @@
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
     <t>Schedule 25 - Deep Freezers</t>
   </si>
   <si>
     <t>https://beestarlabel.com/Content/Files/DFR_Label.pdf</t>
   </si>
   <si>
     <t>Asia and Pacific</t>
   </si>
   <si>
     <t>India</t>
   </si>
   <si>
     <t>Thu, 10/06/2022 - 18:21</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>Freezers-only</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Bureau of Energy Efficiency (BEE)  ( https://beestarlabel.com/ )</t>
   </si>
   <si>
     <t>This schedule specifies the safety and performance requirements for participating in the energy labelling program for deep freezers based on vapor compression working principle. It covers deep freezers of top access type, basically the chest freezers having a storage volume up to and including 1000 liters, with both hard top and glass top (sliding, hinged and curved) and their rated voltage not exceeding 250 V ac 50 Hz for single phase and 415 V ac 50 Hz for three phase ac, as specified under the scope of IS 7872 with all amendments.</t>
   </si>
   <si>
     <t>IS 7872 with all amendments, IS 302-2-24</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/schedule-25-deep-freezers</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -474,70 +475,70 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:T2"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="32" bestFit="true" customWidth="true" style="0"/>
-[...18 lines deleted...]
-    <col min="20" max="20" width="68" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="62.413" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="22.28" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="42.418" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="17" max="17" width="76.553" bestFit="true" customWidth="true" style="0"/>
+    <col min="18" max="18" width="636.987" bestFit="true" customWidth="true" style="0"/>
+    <col min="19" max="19" width="48.274" bestFit="true" customWidth="true" style="0"/>
+    <col min="20" max="20" width="68.269" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:20">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
@@ -617,82 +618,83 @@
         <v>28</v>
       </c>
       <c r="N2" t="s">
         <v>29</v>
       </c>
       <c r="O2" t="s">
         <v>30</v>
       </c>
       <c r="P2" t="s">
         <v>31</v>
       </c>
       <c r="Q2" t="s">
         <v>32</v>
       </c>
       <c r="R2" t="s">
         <v>33</v>
       </c>
       <c r="S2" t="s">
         <v>34</v>
       </c>
       <c r="T2" t="s">
         <v>35</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Worksheet</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>