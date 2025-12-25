--- v0 (2025-10-15)
+++ v1 (2025-12-25)
@@ -17,51 +17,51 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="36">
   <si>
     <t>title</t>
   </si>
   <si>
-    <t>field_unofficial_name</t>
+    <t>Policy Name</t>
   </si>
   <si>
     <t>Source</t>
   </si>
   <si>
     <t>Policy Description</t>
   </si>
   <si>
     <t>Adopted Date</t>
   </si>
   <si>
     <t>Region</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Changed</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
@@ -92,117 +92,118 @@
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
     <t>Schedule 23 - Standards and Labelling of Solar Water Heaters</t>
   </si>
   <si>
     <t>https://beestarlabel.com/Content/Files/schedule_solar_water_heater.pdf</t>
   </si>
   <si>
     <t>Asia and Pacific</t>
   </si>
   <si>
     <t>India</t>
   </si>
   <si>
     <t>Thu, 10/06/2022 - 18:21</t>
   </si>
   <si>
     <t>Solar</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>Storage Water Heaters</t>
   </si>
   <si>
     <t>Off-Grid</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Bureau of Energy Efficiency (BEE)  ( https://beestarlabel.com/ )</t>
   </si>
   <si>
     <t>This schedule specifies the energy labelling requirement for Solar Water Heaters (SWH) imported or sold in India for water heating and similar use. The schedule covers all types of thermosyphon based solar water heaters up to 500Liters storage capacity.</t>
   </si>
   <si>
     <t>IS 16368:2015, IS 12933 part-1:2003, IS 16544: 2015, IS 16543: 2016</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/schedule-23-standards-and-labelling-solar-water-heaters</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -474,70 +475,70 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:T2"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="71" bestFit="true" customWidth="true" style="0"/>
-[...18 lines deleted...]
-    <col min="20" max="20" width="103" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="71.84" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="71.84" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="83.694" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="22.28" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="42.418" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="25.851" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="17.567" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="17" max="17" width="76.553" bestFit="true" customWidth="true" style="0"/>
+    <col min="18" max="18" width="299.498" bestFit="true" customWidth="true" style="0"/>
+    <col min="19" max="19" width="80.123" bestFit="true" customWidth="true" style="0"/>
+    <col min="20" max="20" width="103.689" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:20">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
@@ -617,82 +618,83 @@
         <v>28</v>
       </c>
       <c r="N2" t="s">
         <v>29</v>
       </c>
       <c r="O2" t="s">
         <v>30</v>
       </c>
       <c r="P2" t="s">
         <v>31</v>
       </c>
       <c r="Q2" t="s">
         <v>32</v>
       </c>
       <c r="R2" t="s">
         <v>33</v>
       </c>
       <c r="S2" t="s">
         <v>34</v>
       </c>
       <c r="T2" t="s">
         <v>35</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Worksheet</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>