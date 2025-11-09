--- v0 (2025-10-13)
+++ v1 (2025-11-09)
@@ -17,51 +17,51 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="35">
   <si>
     <t>title</t>
   </si>
   <si>
-    <t>field_unofficial_name</t>
+    <t>Policy Name</t>
   </si>
   <si>
     <t>Source</t>
   </si>
   <si>
     <t>Policy Description</t>
   </si>
   <si>
     <t>Adopted Date</t>
   </si>
   <si>
     <t>Region</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Changed</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
@@ -86,121 +86,122 @@
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Scope</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
     <t>TIS 2334-2556 (2013) single - capped fluorescent lamps : energy efficiency requirements</t>
   </si>
   <si>
     <t>http://www.ratchakitcha.soc.go.th/DATA/PDF/2558/A/073/65.PDF</t>
   </si>
   <si>
     <t>Asia and Pacific</t>
   </si>
   <si>
     <t>Thailand</t>
   </si>
   <si>
-    <t>Tue, 04/04/2023 - 18:28</t>
+    <t>Tue, 11/04/2025 - 21:09</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>April 2022</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>Lighting, Lamps, Non-Directional lamps</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Thai Industrial Standards Institute (TISI)  ( https://www.tisi.go.th/ )</t>
   </si>
   <si>
     <t>This standard specifies energy efficiency requirements and the measurement of the power consumption of ballasts for fluorescent lamps and determines the energy efficiency index, which is generally shown on the ballast. 
 This standard also specifies the minimum energy performance standards (MEPS) requirements of ballasts for fluorescent lamps. The ballasts covered by this standard are the ferromagnetic or electronic types used with fluorescent lamps with a rated lamp power from 10 W to 70 W, for use on 50 Hz supplies of 220/230/240 V. This standard covers ballasts that are supplied as separate components or as part of a luminaire.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tis-2334-2556-2013-single-capped-fluorescent-lamps-energy-efficiency-requirements</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -472,70 +473,70 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:T2"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="103" bestFit="true" customWidth="true" style="0"/>
-[...18 lines deleted...]
-    <col min="20" max="20" width="134" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="103.689" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="103.689" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="71.84" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="22.28" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="42.418" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="45.846" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="17" max="17" width="84.836" bestFit="true" customWidth="true" style="0"/>
+    <col min="18" max="18" width="493.023" bestFit="true" customWidth="true" style="0"/>
+    <col min="19" max="19" width="23.423" bestFit="true" customWidth="true" style="0"/>
+    <col min="20" max="20" width="134.396" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:20">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
@@ -615,82 +616,83 @@
       </c>
       <c r="M2" t="s">
         <v>28</v>
       </c>
       <c r="N2" t="s">
         <v>29</v>
       </c>
       <c r="O2" t="s">
         <v>30</v>
       </c>
       <c r="P2" t="s">
         <v>31</v>
       </c>
       <c r="Q2" t="s">
         <v>32</v>
       </c>
       <c r="R2" t="s">
         <v>33</v>
       </c>
       <c r="S2"/>
       <c r="T2" t="s">
         <v>34</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Worksheet</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>