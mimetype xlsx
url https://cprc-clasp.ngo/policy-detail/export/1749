--- v0 (2025-10-15)
+++ v1 (2025-11-09)
@@ -17,51 +17,51 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="35">
   <si>
     <t>title</t>
   </si>
   <si>
-    <t>field_unofficial_name</t>
+    <t>Policy Name</t>
   </si>
   <si>
     <t>Source</t>
   </si>
   <si>
     <t>Policy Description</t>
   </si>
   <si>
     <t>Adopted Date</t>
   </si>
   <si>
     <t>Region</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Changed</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
@@ -92,114 +92,115 @@
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
     <t>TIS 2309-2556 (2013) double-capped fluorescent lamps: energy efficiency requirements</t>
   </si>
   <si>
     <t>http://www.ratchakitcha.soc.go.th/DATA/PDF/2558/A/073/13.PDF</t>
   </si>
   <si>
     <t>Asia and Pacific</t>
   </si>
   <si>
     <t>Thailand</t>
   </si>
   <si>
     <t>Tue, 04/04/2023 - 18:28</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>April 2022</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>Lighting, Lamps, Tubular Lamps</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Thai Industrial Standards Institute (TISI)  ( https://www.tisi.go.th/ )</t>
   </si>
   <si>
     <t>This standard specifies requirements for minimum energy efficiency for double capped fluorescent lamps with a rated wattage of 14 W to 80 W and a diameter of 16 mm and 26 mm (T5 and T8), in accordance with the scope of TIS 236. This standard specifies requirements for lamps intended for general lighting purposes used in the luminaires and ballast is connected to a single-phase electric power supply having a rated voltage 220 V 50 Hz and applied to lamp intended for use with high-frequency ballast (electronic ballast).</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tis-2309-2556-2013-double-capped-fluorescent-lamps-energy-efficiency-requirements</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -471,70 +472,70 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:T2"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="100" bestFit="true" customWidth="true" style="0"/>
-[...18 lines deleted...]
-    <col min="20" max="20" width="134" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="100.118" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="100.118" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="71.84" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="22.28" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="42.418" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="36.42" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="17" max="17" width="84.836" bestFit="true" customWidth="true" style="0"/>
+    <col min="18" max="18" width="617.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="19" max="19" width="23.423" bestFit="true" customWidth="true" style="0"/>
+    <col min="20" max="20" width="134.396" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:20">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
@@ -612,82 +613,83 @@
       </c>
       <c r="M2" t="s">
         <v>28</v>
       </c>
       <c r="N2" t="s">
         <v>29</v>
       </c>
       <c r="O2" t="s">
         <v>30</v>
       </c>
       <c r="P2" t="s">
         <v>31</v>
       </c>
       <c r="Q2" t="s">
         <v>32</v>
       </c>
       <c r="R2" t="s">
         <v>33</v>
       </c>
       <c r="S2"/>
       <c r="T2" t="s">
         <v>34</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Worksheet</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>