--- v0 (2025-10-13)
+++ v1 (2025-11-04)
@@ -17,51 +17,51 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="35">
   <si>
     <t>title</t>
   </si>
   <si>
-    <t>field_unofficial_name</t>
+    <t>Policy Name</t>
   </si>
   <si>
     <t>Source</t>
   </si>
   <si>
     <t>Policy Description</t>
   </si>
   <si>
     <t>Adopted Date</t>
   </si>
   <si>
     <t>Region</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Changed</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
@@ -92,114 +92,115 @@
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
     <t>Ministerial Regulations Prescribing Highly Efficiency Microwave Oven, B.E. 2558 (2015)</t>
   </si>
   <si>
     <t>https://ratchakitcha2.soc.go.th/pdfdownload/?id=2048430</t>
   </si>
   <si>
     <t>Asia and Pacific</t>
   </si>
   <si>
     <t>Thailand</t>
   </si>
   <si>
     <t>Fri, 04/01/2022 - 18:28</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>April 2022</t>
   </si>
   <si>
     <t>High Energy Performance Standard</t>
   </si>
   <si>
     <t>Kitchen, Microwaves</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Department of Alternative Energy Development and Efficiency, Ministry of Energy (DEDE)  ( https://www.dede.go.th/ )</t>
   </si>
   <si>
     <t>The ministerial regulation covers domestic microwave ovens that use electromagnetic energy in one or more ISM (industrial sciences medicine) frequency bands between 300 MHz and 30 GHz for heating food and beverages. The voltage is not more than 250 volts and the electric frequency is 50 hertz.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ministerial-regulations-prescribing-highly-efficiency-microwave-oven-be-2558-2015</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -471,70 +472,70 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:T2"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="102" bestFit="true" customWidth="true" style="0"/>
-[...18 lines deleted...]
-    <col min="20" max="20" width="134" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="102.546" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="102.546" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="65.984" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="22.28" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="42.418" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="38.848" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="23.423" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="17" max="17" width="136.681" bestFit="true" customWidth="true" style="0"/>
+    <col min="18" max="18" width="347.915" bestFit="true" customWidth="true" style="0"/>
+    <col min="19" max="19" width="23.423" bestFit="true" customWidth="true" style="0"/>
+    <col min="20" max="20" width="134.396" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:20">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
@@ -612,82 +613,83 @@
       </c>
       <c r="M2" t="s">
         <v>28</v>
       </c>
       <c r="N2" t="s">
         <v>29</v>
       </c>
       <c r="O2" t="s">
         <v>30</v>
       </c>
       <c r="P2" t="s">
         <v>31</v>
       </c>
       <c r="Q2" t="s">
         <v>32</v>
       </c>
       <c r="R2" t="s">
         <v>33</v>
       </c>
       <c r="S2"/>
       <c r="T2" t="s">
         <v>34</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Worksheet</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>