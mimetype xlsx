--- v0 (2025-10-15)
+++ v1 (2025-11-05)
@@ -17,51 +17,51 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="35">
   <si>
     <t>title</t>
   </si>
   <si>
-    <t>field_unofficial_name</t>
+    <t>Policy Name</t>
   </si>
   <si>
     <t>Source</t>
   </si>
   <si>
     <t>Policy Description</t>
   </si>
   <si>
     <t>Adopted Date</t>
   </si>
   <si>
     <t>Region</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Changed</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
@@ -83,51 +83,51 @@
   <si>
     <t>Requirements</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Scope</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standards for Distribution Transformers (MEPS)</t>
   </si>
   <si>
     <t>have 2 windings and
 	have a rated power equal to or higher than 5 kVA but equal to or lower than 3150 kVA and
 	have a highest voltage for equipment higher than 1,1 kV, but not exceeding 36 kV and
 	are used or to be used in electricity networks or for industrial applications
 Distribution power transformers regardless of when they were first placed on the market or put into service, shall be reassessed for conformity and comply with this Regulation if they are subject to replacement operations both of the core (or part thereof) and one (or more) of the complete windings.
 This regulation does not apply to
-	instrument transformers, specifically designed to transmit an information signal to measuring instruments, meters, relays and other similar apparatus, or
+instrument transformers, specifically designed to transmit an information signal to measuring instruments, meters, relays and other similar apparatus, or
 	transformers with low-voltage windings specifically designed for use with rectifiers to provide a DC supply, or
 	transformers specifically designed to be directly connected to a furnace, or
 	transformers specifically designed for offshore applications and floating offshore applications, or
 	transformers specially designed for emergency installations, or
 	transformers and autotransformers specifically designed for railway feeding systems, or
 	earthing or grounding transformers, this is, three-phase transformers intended to provide a neutral point for system grounding purposes, or
 	traction transformers mounted on rolling stock, this is, transformers connected to an AC or DC contact line, directly or through a converter, used in fixed installations of railway applications, or
 	starting transformers, specifically designed for starting three-phase induction motors so as to eliminate supply voltage dips, or
 	testing transformers, specifically designed to be used in a circuit to produce a specific voltage or current for the purpose of testing electrical equipment, or
 	welding transformers, specifically designed for use in arc welding equipment or resistance welding equipment, or
 	transformers specifically designed for explosion-proof and underground mining applications, or
 	transformers specifically designed for deep water (submerged) applications, or
 	medium voltage (MV) to medium voltage (MV) interface transformers up to 5 MVA.</t>
   </si>
   <si>
     <t>Africa</t>
   </si>
   <si>
     <t>Botswana</t>
   </si>
   <si>
     <t>Mon, 09/26/2022 - 20:33</t>
   </si>
   <si>
     <t>Electricity</t>
@@ -159,66 +159,67 @@
   <si>
     <t>https://cprc-clasp.ngo/policies/minimum-energy-performance-standards-distribution-transformers-meps</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -490,70 +491,70 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:T2"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="87" bestFit="true" customWidth="true" style="0"/>
-[...18 lines deleted...]
-    <col min="20" max="20" width="117" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="87.122" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="87.122" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="8.141" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="355.056" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="8.141" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="42.418" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="30.564" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="17" max="17" width="85.979" bestFit="true" customWidth="true" style="0"/>
+    <col min="18" max="18" width="320.779" bestFit="true" customWidth="true" style="0"/>
+    <col min="19" max="19" width="23.423" bestFit="true" customWidth="true" style="0"/>
+    <col min="20" max="20" width="117.828" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:20">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
@@ -629,82 +630,83 @@
       </c>
       <c r="M2" t="s">
         <v>28</v>
       </c>
       <c r="N2" t="s">
         <v>29</v>
       </c>
       <c r="O2" t="s">
         <v>30</v>
       </c>
       <c r="P2" t="s">
         <v>31</v>
       </c>
       <c r="Q2" t="s">
         <v>32</v>
       </c>
       <c r="R2" t="s">
         <v>33</v>
       </c>
       <c r="S2"/>
       <c r="T2" t="s">
         <v>34</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Worksheet</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>