--- v0 (2025-10-13)
+++ v1 (2025-12-29)
@@ -17,51 +17,51 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="37">
   <si>
     <t>title</t>
   </si>
   <si>
-    <t>field_unofficial_name</t>
+    <t>Policy Name</t>
   </si>
   <si>
     <t>Source</t>
   </si>
   <si>
     <t>Policy Description</t>
   </si>
   <si>
     <t>Adopted Date</t>
   </si>
   <si>
     <t>Region</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Changed</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
@@ -77,135 +77,136 @@
   <si>
     <t>Products Covered</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Requirements</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Scope</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
     <t>GB/T 39761.1-2021 Green product assessment-Household electric appliances-Part 1: Refrigerators, air-conditioners and washing machines</t>
   </si>
   <si>
-    <t>https://openstd.samr.gov.cn/bzgk/gb/newGbInfo?hcno=D055E567F29672FD38B65A479656…</t>
+    <t>https://openstd.samr.gov.cn/bzgk/gb/newGbInfo?hcno=D055E567F29672FD38B65A479656CA26</t>
   </si>
   <si>
     <t>This standard specifies the evaluation terms and definitions, requirements, and methods for green household appliances of refrigerators, air conditioners, and washing machines. It also explains the indicator system. The first level indicators include four categories: resource indicators, energy indicators, environmental indicators, and quality indicators. Under the first level indicators, there are secondary indicators such as renewable utilization rate, energy efficiency level, standby power, harmful substance content, and noise. Products that satisfy the indicators and safety requirements are identified as green products.</t>
   </si>
   <si>
     <t>Asia and Pacific</t>
   </si>
   <si>
     <t>China</t>
   </si>
   <si>
     <t>Mon, 10/03/2022 - 01:00</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>Laundry, Washing Machines, Space Heating and Space Cooling, Air Conditioning, Refrigeration, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>The State Administration for Market Regulation of China (SAMR) and The Standardization Administration of China (SAC)  ( http://www.samr.gov.cn )</t>
   </si>
   <si>
     <t>Green product standard for household appliances of refrigerators, air conditioners and washing machines.</t>
   </si>
   <si>
     <t>GB/T 39761.1-2021, GB/T 32355.1-2015,GB/T 32355.2-2015, GB/T35758-2017</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gbt-397611-2021-green-product-assessment-household-electric-appliances-part-1</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -477,70 +478,70 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:T2"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="157" bestFit="true" customWidth="true" style="0"/>
-[...18 lines deleted...]
-    <col min="20" max="20" width="129" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="157.961" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="157.961" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="98.976" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="745.532" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="42.418" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="136.681" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="17" max="17" width="170.958" bestFit="true" customWidth="true" style="0"/>
+    <col min="18" max="18" width="123.827" bestFit="true" customWidth="true" style="0"/>
+    <col min="19" max="19" width="83.694" bestFit="true" customWidth="true" style="0"/>
+    <col min="20" max="20" width="129.683" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:20">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
@@ -622,82 +623,83 @@
         <v>29</v>
       </c>
       <c r="N2" t="s">
         <v>30</v>
       </c>
       <c r="O2" t="s">
         <v>31</v>
       </c>
       <c r="P2" t="s">
         <v>32</v>
       </c>
       <c r="Q2" t="s">
         <v>33</v>
       </c>
       <c r="R2" t="s">
         <v>34</v>
       </c>
       <c r="S2" t="s">
         <v>35</v>
       </c>
       <c r="T2" t="s">
         <v>36</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Worksheet</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>