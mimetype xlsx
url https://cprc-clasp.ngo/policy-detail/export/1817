--- v0 (2025-10-13)
+++ v1 (2025-11-05)
@@ -17,51 +17,51 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="37">
   <si>
     <t>title</t>
   </si>
   <si>
-    <t>field_unofficial_name</t>
+    <t>Policy Name</t>
   </si>
   <si>
     <t>Source</t>
   </si>
   <si>
     <t>Policy Description</t>
   </si>
   <si>
     <t>Adopted Date</t>
   </si>
   <si>
     <t>Region</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Changed</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
@@ -77,135 +77,136 @@
   <si>
     <t>Products Covered</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Requirements</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Scope</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
     <t>GB/T 35606-2017 Green product assessment-Solar water heating system</t>
   </si>
   <si>
-    <t>https://openstd.samr.gov.cn/bzgk/gb/newGbInfo?hcno=FA9296E42AAB4BC2E38DCE34C6ED…</t>
+    <t>https://openstd.samr.gov.cn/bzgk/gb/newGbInfo?hcno=FA9296E42AAB4BC2E38DCE34C6EDE596</t>
   </si>
   <si>
     <t>This standard applies to  compact and separate domestic solar water heating systems, specifies the terms and definitions, evaluation requirements, evaluation methods, and indicator system for green solar water heating systems. The first level indicators include resource attributes, energy attributes, environmental attributes, and quality attributes. The main secondary indicators are product energy efficiency, raw material consumption, and hot water input rate. A solar water heating system that meets both the basic requirements and evaluation index requirements can be evaluated as a green solar hot water system.</t>
   </si>
   <si>
     <t>Asia and Pacific</t>
   </si>
   <si>
     <t>China</t>
   </si>
   <si>
     <t>Mon, 10/03/2022 - 01:03</t>
   </si>
   <si>
     <t>Solar</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>Water, Water Heating</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>The State Administration for Market Regulation of China (SAMR) and The Standardization Administration of China (SAC)  ( http://www.samr.gov.cn )</t>
   </si>
   <si>
     <t>Green product standard for solar water heating system.</t>
   </si>
   <si>
     <t>GB/T 35606-2017, GB 26969</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gbt-35606-2017-green-product-assessment-solar-water-heating-system</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -477,70 +478,70 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:T2"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="80" bestFit="true" customWidth="true" style="0"/>
-[...18 lines deleted...]
-    <col min="20" max="20" width="116" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="80.123" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="80.123" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="98.976" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="730.107" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="42.418" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="24.708" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="17" max="17" width="170.958" bestFit="true" customWidth="true" style="0"/>
+    <col min="18" max="18" width="64.841" bestFit="true" customWidth="true" style="0"/>
+    <col min="19" max="19" width="30.564" bestFit="true" customWidth="true" style="0"/>
+    <col min="20" max="20" width="116.686" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:20">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
@@ -622,82 +623,83 @@
         <v>29</v>
       </c>
       <c r="N2" t="s">
         <v>30</v>
       </c>
       <c r="O2" t="s">
         <v>31</v>
       </c>
       <c r="P2" t="s">
         <v>32</v>
       </c>
       <c r="Q2" t="s">
         <v>33</v>
       </c>
       <c r="R2" t="s">
         <v>34</v>
       </c>
       <c r="S2" t="s">
         <v>35</v>
       </c>
       <c r="T2" t="s">
         <v>36</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Worksheet</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>