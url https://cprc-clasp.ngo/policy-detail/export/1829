--- v0 (2025-10-13)
+++ v1 (2025-11-04)
@@ -17,51 +17,51 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="36">
   <si>
     <t>title</t>
   </si>
   <si>
-    <t>field_unofficial_name</t>
+    <t>Policy Name</t>
   </si>
   <si>
     <t>Source</t>
   </si>
   <si>
     <t>Policy Description</t>
   </si>
   <si>
     <t>Adopted Date</t>
   </si>
   <si>
     <t>Region</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Changed</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
@@ -86,123 +86,124 @@
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Scope</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
     <t>CQC31-452631-2021. Energy Conservation Certification rules for flat panel TVs &amp; set-top boxes</t>
   </si>
   <si>
     <t>https://www.cqc.com.cn/www/chinese/c/2021-06-07/492733.shtml</t>
   </si>
   <si>
     <t>Asia and Pacific</t>
   </si>
   <si>
     <t>China</t>
   </si>
   <si>
-    <t>Wed, 10/05/2022 - 21:01</t>
+    <t>Tue, 11/04/2025 - 21:09</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>Televisions, Set Top Boxes (STB)</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>China Quality Certification Centre  ( http://www.cqc.com.cn )</t>
   </si>
   <si>
     <t>This policy contains Energy Conservation Certification rules for flat panel TVs &amp; set-top boxes. It applies to LCD TVs and Plasma TVs that work under an electricity grid of normal voltage and serve for general service. It also applies to LCD or plasma display equipment (with its main function as a TV, but without moderators and other types of flat panel displays) and set-top boxes.</t>
   </si>
   <si>
     <t>GB 24850</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-452631-2021-energy-conservation-certification-rules-flat-panel-tvs-set-top-boxes</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -474,70 +475,70 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:T2"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="110" bestFit="true" customWidth="true" style="0"/>
-[...18 lines deleted...]
-    <col min="20" max="20" width="140" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="110.83" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="110.83" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="71.84" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="22.28" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="42.418" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="38.848" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="17" max="17" width="72.982" bestFit="true" customWidth="true" style="0"/>
+    <col min="18" max="18" width="454.032" bestFit="true" customWidth="true" style="0"/>
+    <col min="19" max="19" width="23.423" bestFit="true" customWidth="true" style="0"/>
+    <col min="20" max="20" width="140.252" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:20">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
@@ -619,82 +620,83 @@
         <v>28</v>
       </c>
       <c r="N2" t="s">
         <v>29</v>
       </c>
       <c r="O2" t="s">
         <v>30</v>
       </c>
       <c r="P2" t="s">
         <v>31</v>
       </c>
       <c r="Q2" t="s">
         <v>32</v>
       </c>
       <c r="R2" t="s">
         <v>33</v>
       </c>
       <c r="S2" t="s">
         <v>34</v>
       </c>
       <c r="T2" t="s">
         <v>35</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Worksheet</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>