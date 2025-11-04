--- v0 (2025-10-13)
+++ v1 (2025-11-04)
@@ -17,51 +17,51 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="36">
   <si>
     <t>title</t>
   </si>
   <si>
-    <t>field_unofficial_name</t>
+    <t>Policy Name</t>
   </si>
   <si>
     <t>Source</t>
   </si>
   <si>
     <t>Policy Description</t>
   </si>
   <si>
     <t>Adopted Date</t>
   </si>
   <si>
     <t>Region</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Changed</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
@@ -92,117 +92,118 @@
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
     <t>CQC31-462271-2022 Energy Conservation Certification Rules for High-Voltage/Low-Voltage Prefabricated Substations</t>
   </si>
   <si>
     <t>https://www.cqc.com.cn/www/chinese/c/2022-07-28/559154.shtml</t>
   </si>
   <si>
     <t>Asia and Pacific</t>
   </si>
   <si>
     <t>China</t>
   </si>
   <si>
     <t>Thu, 10/06/2022 - 17:22</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>Power Transformers</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>China Quality Certification Centre  ( http://www.cqc.com.cn )</t>
   </si>
   <si>
     <t>This policy contains energy conservation certification rules for high-voltage/low-voltage prefabricated substations. It applies to high-voltage/low-voltage prefabricated substations with a maximum rated AC voltage of 12 kV containing one or more transformers with an operating frequency of 50 Hz and installed in places that are accessible to the public outdoors and provide personnel protection.</t>
   </si>
   <si>
     <t>GB/T 17467-2020</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-462271-2022-energy-conservation-certification-rules-high-voltagelow-voltage</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -474,70 +475,70 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:T2"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="133" bestFit="true" customWidth="true" style="0"/>
-[...18 lines deleted...]
-    <col min="20" max="20" width="134" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="133.253" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="133.253" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="71.84" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="22.28" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="42.418" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="22.28" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="17" max="17" width="72.982" bestFit="true" customWidth="true" style="0"/>
+    <col min="18" max="18" width="468.171" bestFit="true" customWidth="true" style="0"/>
+    <col min="19" max="19" width="23.423" bestFit="true" customWidth="true" style="0"/>
+    <col min="20" max="20" width="134.396" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:20">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
@@ -617,82 +618,83 @@
         <v>28</v>
       </c>
       <c r="N2" t="s">
         <v>29</v>
       </c>
       <c r="O2" t="s">
         <v>30</v>
       </c>
       <c r="P2" t="s">
         <v>31</v>
       </c>
       <c r="Q2" t="s">
         <v>32</v>
       </c>
       <c r="R2" t="s">
         <v>33</v>
       </c>
       <c r="S2" t="s">
         <v>34</v>
       </c>
       <c r="T2" t="s">
         <v>35</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Worksheet</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>