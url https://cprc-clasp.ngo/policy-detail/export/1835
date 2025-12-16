--- v0 (2025-10-15)
+++ v1 (2025-12-16)
@@ -17,51 +17,51 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="36">
   <si>
     <t>title</t>
   </si>
   <si>
-    <t>field_unofficial_name</t>
+    <t>Policy Name</t>
   </si>
   <si>
     <t>Source</t>
   </si>
   <si>
     <t>Policy Description</t>
   </si>
   <si>
     <t>Adopted Date</t>
   </si>
   <si>
     <t>Region</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Changed</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
@@ -92,117 +92,118 @@
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
     <t>CQC31-482653-2018 Energy Conservation Certification Rules for Hot Aging Test Ovens</t>
   </si>
   <si>
     <t>https://www.cqc.com.cn/www/chinese/c/2019-04-26/554339.shtml</t>
   </si>
   <si>
     <t>Asia and Pacific</t>
   </si>
   <si>
     <t>China</t>
   </si>
   <si>
     <t>Thu, 10/06/2022 - 17:30</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>Other</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>China Quality Certification Centre  ( http://www.cqc.com.cn )</t>
   </si>
   <si>
     <t>This policy contains energy conservation certification rules for hot aging test ovens. It applies to thermal hot air aging test chambers, electric heating drying ovens, and electric heat blast drying ovens with a nominal volume of not more than 1.2m³, powered by electricity and using air as the conduction medium.</t>
   </si>
   <si>
     <t>CQC3167-2018</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-482653-2018-energy-conservation-certification-rules-hot-aging-test-ovens</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -474,70 +475,70 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:T2"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="97" bestFit="true" customWidth="true" style="0"/>
-[...18 lines deleted...]
-    <col min="20" max="20" width="130" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="97.833" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="97.833" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="71.84" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="22.28" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="42.418" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="17" max="17" width="72.982" bestFit="true" customWidth="true" style="0"/>
+    <col min="18" max="18" width="371.481" bestFit="true" customWidth="true" style="0"/>
+    <col min="19" max="19" width="23.423" bestFit="true" customWidth="true" style="0"/>
+    <col min="20" max="20" width="130.825" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:20">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
@@ -617,82 +618,83 @@
         <v>28</v>
       </c>
       <c r="N2" t="s">
         <v>29</v>
       </c>
       <c r="O2" t="s">
         <v>30</v>
       </c>
       <c r="P2" t="s">
         <v>31</v>
       </c>
       <c r="Q2" t="s">
         <v>32</v>
       </c>
       <c r="R2" t="s">
         <v>33</v>
       </c>
       <c r="S2" t="s">
         <v>34</v>
       </c>
       <c r="T2" t="s">
         <v>35</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Worksheet</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>