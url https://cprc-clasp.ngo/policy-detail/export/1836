--- v0 (2025-10-13)
+++ v1 (2025-11-04)
@@ -17,51 +17,51 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="36">
   <si>
     <t>title</t>
   </si>
   <si>
-    <t>field_unofficial_name</t>
+    <t>Policy Name</t>
   </si>
   <si>
     <t>Source</t>
   </si>
   <si>
     <t>Policy Description</t>
   </si>
   <si>
     <t>Adopted Date</t>
   </si>
   <si>
     <t>Region</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Changed</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
@@ -86,57 +86,57 @@
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Scope</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
     <t>CQC31-499111-2020 Energy Conservation Certification Rules for Motorcycles and Electric Bicycles</t>
   </si>
   <si>
     <t>https://www.cqc.com.cn/www/chinese/c/2021-03-11/512923.shtml</t>
   </si>
   <si>
     <t>Asia and Pacific</t>
   </si>
   <si>
     <t>China</t>
   </si>
   <si>
-    <t>Thu, 10/06/2022 - 17:35</t>
+    <t>Tue, 11/04/2025 - 21:09</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>Mobility</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>China Quality Certification Centre  ( http://www.cqc.com.cn )</t>
   </si>
   <si>
     <t>This policy contains energy conservation certification rules for motorcycles and electric bicycles. It applies to L1 (electric drive), L3 (internal combustion engine drive + electric drive), L4 (internal combustion engine drive), and L5 (internal combustion engine drive) that are driven by internal combustion engines or electric drives and have obtained national compulsory product certification, and electric bicycles (electric drive only) that have obtained national compulsory product certification.</t>
   </si>
   <si>
     <t>GB15744-2019
 ,   
@@ -147,66 +147,67 @@
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-499111-2020-energy-conservation-certification-rules-motorcycles-and-electric</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -478,70 +479,70 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:T2"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="113" bestFit="true" customWidth="true" style="0"/>
-[...18 lines deleted...]
-    <col min="20" max="20" width="135" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="113.115" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="113.115" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="71.84" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="22.28" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="42.418" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="17" max="17" width="72.982" bestFit="true" customWidth="true" style="0"/>
+    <col min="18" max="18" width="595.712" bestFit="true" customWidth="true" style="0"/>
+    <col min="19" max="19" width="42.418" bestFit="true" customWidth="true" style="0"/>
+    <col min="20" max="20" width="135.538" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:20">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
@@ -623,82 +624,83 @@
         <v>28</v>
       </c>
       <c r="N2" t="s">
         <v>29</v>
       </c>
       <c r="O2" t="s">
         <v>30</v>
       </c>
       <c r="P2" t="s">
         <v>31</v>
       </c>
       <c r="Q2" t="s">
         <v>32</v>
       </c>
       <c r="R2" t="s">
         <v>33</v>
       </c>
       <c r="S2" t="s">
         <v>34</v>
       </c>
       <c r="T2" t="s">
         <v>35</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Worksheet</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>