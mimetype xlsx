--- v0 (2025-10-15)
+++ v1 (2025-11-05)
@@ -17,51 +17,51 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="36">
   <si>
     <t>title</t>
   </si>
   <si>
-    <t>field_unofficial_name</t>
+    <t>Policy Name</t>
   </si>
   <si>
     <t>Source</t>
   </si>
   <si>
     <t>Policy Description</t>
   </si>
   <si>
     <t>Adopted Date</t>
   </si>
   <si>
     <t>Region</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Changed</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
@@ -92,117 +92,118 @@
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
     <t>Schedule 30 Tyres</t>
   </si>
   <si>
     <t>https://www.beestarlabel.com/Content/Files/Schedule_30.pdf</t>
   </si>
   <si>
     <t>Asia and Pacific</t>
   </si>
   <si>
     <t>India</t>
   </si>
   <si>
     <t>Tue, 04/04/2023 - 18:26</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>Motors and Motor Driven Equipment</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Bureau of Energy Efficiency (BEE)  ( https://beeindia.gov.in/ )</t>
   </si>
   <si>
     <t>This schedule species requirements for participating in energy labelling programme for C1, C2 &amp; C3 tyres covered under scope of AIS:142, meant for manufactured, imported and sold in India. This schedule covers the terminology, general guidelines and method of tests to be conducted on tyres as per AIS: 142 particularly the methodology for testing of rolling resistance coefficient &amp; wet grip index. This schedule specifies the tyres star rating band which is based on Rolling Resistance Coefficients. This schedule is applicable for base model, its batch and their variant model tyres.</t>
   </si>
   <si>
     <t>IS 15633</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/schedule-30-tyres</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -474,70 +475,70 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:T2"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="21" bestFit="true" customWidth="true" style="0"/>
-[...18 lines deleted...]
-    <col min="20" max="20" width="58" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="69.554" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="22.28" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="42.418" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="39.99" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="17" max="17" width="75.41" bestFit="true" customWidth="true" style="0"/>
+    <col min="18" max="18" width="692.402" bestFit="true" customWidth="true" style="0"/>
+    <col min="19" max="19" width="23.423" bestFit="true" customWidth="true" style="0"/>
+    <col min="20" max="20" width="58.843" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:20">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
@@ -617,82 +618,83 @@
         <v>28</v>
       </c>
       <c r="N2" t="s">
         <v>29</v>
       </c>
       <c r="O2" t="s">
         <v>30</v>
       </c>
       <c r="P2" t="s">
         <v>31</v>
       </c>
       <c r="Q2" t="s">
         <v>32</v>
       </c>
       <c r="R2" t="s">
         <v>33</v>
       </c>
       <c r="S2" t="s">
         <v>34</v>
       </c>
       <c r="T2" t="s">
         <v>35</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Worksheet</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>