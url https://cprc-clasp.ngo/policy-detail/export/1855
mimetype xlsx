--- v0 (2025-10-13)
+++ v1 (2025-12-17)
@@ -17,51 +17,51 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="36">
   <si>
     <t>title</t>
   </si>
   <si>
-    <t>field_unofficial_name</t>
+    <t>Policy Name</t>
   </si>
   <si>
     <t>Source</t>
   </si>
   <si>
     <t>Policy Description</t>
   </si>
   <si>
     <t>Adopted Date</t>
   </si>
   <si>
     <t>Region</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Changed</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
@@ -77,66 +77,66 @@
   <si>
     <t>Products Covered</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Requirements</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Scope</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
     <t>Act on the Rational Use of Energy</t>
   </si>
   <si>
-    <t>https://policy.asiapacificenergy.org/sites/default/files/Act%20on%20the%20Ratio…</t>
+    <t>https://policy.asiapacificenergy.org/sites/default/files/Act%20on%20the%20Rationalization%20etc.%20of%20Energy%20Use%201979%20%282018%20Ed.%29.pdf</t>
   </si>
   <si>
     <t>Asia and Pacific</t>
   </si>
   <si>
     <t>Japan</t>
   </si>
   <si>
-    <t>Tue, 10/11/2022 - 15:11</t>
+    <t>Tue, 11/04/2025 - 21:09</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>Electronics, Information Technology, Computers, Audio-Visual, Televisions, Lighting, Space Heating and Space Cooling, Air Conditioning, Room ACs - Stationary ACs, Water, Water Heating</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Ministry of Economy, Trade, and Industry  ( https://www.meti.go.jp/ )</t>
   </si>
   <si>
     <t>This policy serves as the foundation of Japan’s energy efficiency and conservation policies. It targets all major sectors in Japan, including industrial, residential, commercial, and transportation. This policy creates and specifies the Top Runner Program, a regulatory standard program targeting the improvement of energy efficiency of electrical appliances. This policy underwent major revisions in 1993, 1998, 2002, 2005, 2008, 2013, and 2018.</t>
   </si>
   <si>
     <t>JIS C 9612:2013 (Air Conditioners)
 ,   
@@ -145,66 +145,67 @@
   <si>
     <t>https://cprc-clasp.ngo/policies/act-rational-use-energy</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -476,70 +477,70 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:T2"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="39" bestFit="true" customWidth="true" style="0"/>
-[...18 lines deleted...]
-    <col min="20" max="20" width="65" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="39.99" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="39.99" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="173.243" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="22.28" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="42.418" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="216.947" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="17" max="17" width="82.408" bestFit="true" customWidth="true" style="0"/>
+    <col min="18" max="18" width="527.157" bestFit="true" customWidth="true" style="0"/>
+    <col min="19" max="19" width="75.41" bestFit="true" customWidth="true" style="0"/>
+    <col min="20" max="20" width="65.984" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:20">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
@@ -621,82 +622,83 @@
         <v>28</v>
       </c>
       <c r="N2" t="s">
         <v>29</v>
       </c>
       <c r="O2" t="s">
         <v>30</v>
       </c>
       <c r="P2" t="s">
         <v>31</v>
       </c>
       <c r="Q2" t="s">
         <v>32</v>
       </c>
       <c r="R2" t="s">
         <v>33</v>
       </c>
       <c r="S2" t="s">
         <v>34</v>
       </c>
       <c r="T2" t="s">
         <v>35</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Worksheet</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>