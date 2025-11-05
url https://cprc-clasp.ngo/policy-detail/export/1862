--- v0 (2025-10-15)
+++ v1 (2025-11-05)
@@ -17,51 +17,51 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="36">
   <si>
     <t>title</t>
   </si>
   <si>
-    <t>field_unofficial_name</t>
+    <t>Policy Name</t>
   </si>
   <si>
     <t>Source</t>
   </si>
   <si>
     <t>Policy Description</t>
   </si>
   <si>
     <t>Adopted Date</t>
   </si>
   <si>
     <t>Region</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Changed</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
@@ -77,66 +77,66 @@
   <si>
     <t>Products Covered</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Requirements</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Scope</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
     <t>Energy Efficiency Labeling Scheme for Televisions</t>
   </si>
   <si>
-    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS_Televisions%202021%20J…</t>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS_Televisions%202021%20Jan_eng_v0.pdf</t>
   </si>
   <si>
     <t>Asia and Pacific</t>
   </si>
   <si>
     <t>Hong Kong SAR of China</t>
   </si>
   <si>
-    <t>Tue, 10/11/2022 - 17:38</t>
+    <t>Tue, 11/04/2025 - 21:09</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>Televisions</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Electrical &amp;amp; Mechanical Services Department of Hong Kong  ( https://www.emsd.gov.hk/en/home/index.html )</t>
   </si>
   <si>
     <t>This policy contains voluntary labeling requirements for televisions. It applies to televisions used for the reception and display of television broadcasts that use mains electricity as the only power source, have a rated visible diagonal screen size exceeding 50 cm, and have a built-in television tuner. It does not apply to products that display broadcasts by means of front or rear projection.</t>
   </si>
   <si>
     <t>IEC 62087
 ,   
@@ -145,66 +145,67 @@
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-labeling-scheme-televisions</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -476,70 +477,70 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:T2"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="58" bestFit="true" customWidth="true" style="0"/>
-[...18 lines deleted...]
-    <col min="20" max="20" width="91" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="58.843" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="58.843" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="109.545" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="22.28" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="26.993" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="42.418" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="17" max="17" width="128.54" bestFit="true" customWidth="true" style="0"/>
+    <col min="18" max="18" width="469.457" bestFit="true" customWidth="true" style="0"/>
+    <col min="19" max="19" width="35.277" bestFit="true" customWidth="true" style="0"/>
+    <col min="20" max="20" width="91.978" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:20">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
@@ -621,82 +622,83 @@
         <v>28</v>
       </c>
       <c r="N2" t="s">
         <v>29</v>
       </c>
       <c r="O2" t="s">
         <v>30</v>
       </c>
       <c r="P2" t="s">
         <v>31</v>
       </c>
       <c r="Q2" t="s">
         <v>32</v>
       </c>
       <c r="R2" t="s">
         <v>33</v>
       </c>
       <c r="S2" t="s">
         <v>34</v>
       </c>
       <c r="T2" t="s">
         <v>35</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Worksheet</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>