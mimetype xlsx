--- v0 (2025-10-15)
+++ v1 (2025-11-05)
@@ -17,51 +17,51 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="37">
   <si>
     <t>title</t>
   </si>
   <si>
-    <t>field_unofficial_name</t>
+    <t>Policy Name</t>
   </si>
   <si>
     <t>Source</t>
   </si>
   <si>
     <t>Policy Description</t>
   </si>
   <si>
     <t>Adopted Date</t>
   </si>
   <si>
     <t>Region</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Changed</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
@@ -77,99 +77,99 @@
   <si>
     <t>Products Covered</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Requirements</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Scope</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
     <t>Energy Efficiency Criteria and Labeling Methods for Downlights and Recessed Luminaries</t>
   </si>
   <si>
-    <t>https://www.energylabel.org.tw/englishlabel/application_en/efficiency/upt.aspx?…</t>
+    <t>https://www.energylabel.org.tw/englishlabel/application_en/efficiency/upt.aspx?cid=60</t>
   </si>
   <si>
     <t>I. Applicability, energy efficiency test conditions and methods, and energy efficiency standards in filing downlights and recessed luminaires shall be subject to the following regulations:
-	(1) Applicability
-		1. Shall conform to CNS 14335, 14115 and 15592 or other standards approved by the incumbent authorities.
+(1) Applicability
+	1. Shall conform to CNS 14335, 14115 and 15592 or other standards approved by the incumbent authorities.
 		2. Downlights: ceiling mounted or downward hanging light with barrel or column looks.
 		Recessed luminaires: lights embedded fully or partially in materials with a total rated luminous flux below 4000 lumens.
 	(2) Energy efficiency test conditions and methods
-		1. Luminous intensity distribution: test according to CIE standard 70, 84 and 121 with a curve measurement angle below 2.5 degrees.
+	1. Luminous intensity distribution: test according to CIE standard 70, 84 and 121 with a curve measurement angle below 2.5 degrees.
 		2. Color temperature and color rendering:
-			LED: Test according to CNS 15437: "Light metal frame ceiling embedded LED luminary" standard.
+		LED: Test according to CNS 15437: "Light metal frame ceiling embedded LED luminary" standard.
 			Fluorescent light bulb with built-in ballast: Test according to CNS 14125 "Fluorescent light bulb with built-in ballast (for general lighting)" standard.
 			Compact fluorescent tube: Test according to CNS 14576 "Compact fluorescent tube (for general lighting)" standard.
 			High pressure sodium bulb: Test according to CNS 15049 "High pressure sodium bulb" standard.
 			Light sources not covered by CNS: Test according to the standard of a similar light source.
 	(3) Energy efficiency standard
-		Luminaire efficiency measurement value: calculate according to the formula below, round the outcome to the nearest tenth:
+	Luminaire efficiency measurement value: calculate according to the formula below, round the outcome to the nearest tenth:
 		Luminaire efficiency(lm⁄W)=actualtotalluminousflux(lm)/actual total input power(W)
 		Actual luminaire efficiency value: 95% or more than the rating and greater than 110.0 (lm/w).
 	(4) Common requirements
-		Actual total input power (W): Round to the nearest tenth, less than 110% of total input power rating.
+	Actual total input power (W): Round to the nearest tenth, less than 110% of total input power rating.
 		Actual power rounded to the nearest hundredth, greater than or equal to 0.90 and greater than 95% of the rating.
 		Actual total luminous flux (lm): Round to the nearest whole number, greater than 90% of the total luminous flux rating.
 		Actual color rendering: Round to the nearest tenth, greater than 80.0 and greater than or equal to a rating value less than 3.
 		LED light source: Special rendering assessment index R9: Above zero.
 		Light biosafety: Conforms to CNS 15592 "Zero risk grade" category.
 		Beam retention rate: Round the actual number to the nearest tenth and conform to the following:
 		LED light source: Actual beam retention rate above 97.0 and 95.0 after 1000 and 3000 test hours respectively.
 		Non-LED light source: Actual beam retention rate above 90.0 and 85.0 after 1000 and 3000 test hours respectively.
 II. Energy saving logo and energy efficiency labeling shall subject to the following rules:
-	(1) Name and address of the logo user shall be noted clearly on the product or its package.
+(1) Name and address of the logo user shall be noted clearly on the product or its package.
 	(2) Name and address of the manufacturer shall also be noted clearly on the product or its package if the logo user is an agent of the product.
 	(3) Value of the color temperature, luminous flux, color rendering, and luminaire efficiency shall be noted clearly on the product or its package.</t>
   </si>
   <si>
     <t>Asia and Pacific</t>
   </si>
   <si>
     <t>Taiwan of China</t>
   </si>
   <si>
     <t>Tue, 10/11/2022 - 20:52</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>Luminaires</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Bureau of Energy, Ministry of Economic Affairs  ( https://www.moeaboe.gov.tw/ECW/english/home/English.aspx )</t>
   </si>
   <si>
     <t>This policy contains energy efficiency criteria and labeling methods for energy-label-qualified downlights and recessed luminaires</t>
   </si>
   <si>
     <t>CNS14335
 ,   
@@ -178,66 +178,67 @@
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-criteria-and-labeling-methods-downlights-and-recessed-luminaries</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -509,70 +510,70 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:T2"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="102" bestFit="true" customWidth="true" style="0"/>
-[...18 lines deleted...]
-    <col min="20" max="20" width="135" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="102.546" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="102.546" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="101.404" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="222.803" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="42.418" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="17" max="17" width="128.54" bestFit="true" customWidth="true" style="0"/>
+    <col min="18" max="18" width="154.391" bestFit="true" customWidth="true" style="0"/>
+    <col min="19" max="19" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="20" max="20" width="135.538" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:20">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
@@ -654,82 +655,83 @@
         <v>29</v>
       </c>
       <c r="N2" t="s">
         <v>30</v>
       </c>
       <c r="O2" t="s">
         <v>31</v>
       </c>
       <c r="P2" t="s">
         <v>32</v>
       </c>
       <c r="Q2" t="s">
         <v>33</v>
       </c>
       <c r="R2" t="s">
         <v>34</v>
       </c>
       <c r="S2" t="s">
         <v>35</v>
       </c>
       <c r="T2" t="s">
         <v>36</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Worksheet</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>