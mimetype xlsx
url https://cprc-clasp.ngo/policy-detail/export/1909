--- v0 (2025-10-15)
+++ v1 (2025-11-05)
@@ -17,51 +17,51 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="37">
   <si>
     <t>title</t>
   </si>
   <si>
-    <t>field_unofficial_name</t>
+    <t>Policy Name</t>
   </si>
   <si>
     <t>Source</t>
   </si>
   <si>
     <t>Policy Description</t>
   </si>
   <si>
     <t>Adopted Date</t>
   </si>
   <si>
     <t>Region</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Changed</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
@@ -96,117 +96,118 @@
     <t>Permalink</t>
   </si>
   <si>
     <t>Energy Efficiency Policy for Light Commercial Air Conditioners</t>
   </si>
   <si>
     <t>https://beestarlabel.com/Content/Files/LCAC_Regulations.pdf</t>
   </si>
   <si>
     <t>This policy specifies energy consumption standards, star ratings, and labeling requirements for light commercial air conditioners with a rated capacity above 10,500 Watts and up to and including 18,000 Watts for a single- or three-phase non-ducted split with fixed and variable speed air conditioners and heat pumps employing air cooled condensers being manufactured, commercially purchased, or sold in India. 
 This policy mandates that light commercial air conditioners meet the performance requirements for cooling capacity, power consumption, power factor, and maximum operating condition in accordance with Indian Standards, IS 1391 (Part 2): 2018 with all amendments.</t>
   </si>
   <si>
     <t>Asia and Pacific</t>
   </si>
   <si>
     <t>India</t>
   </si>
   <si>
     <t>Tue, 05/02/2023 - 18:17</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>May 2023</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>Air Conditioning</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Bureau of Energy Efficiency (BEE)  ( https://beestarlabel.com/ )</t>
   </si>
   <si>
     <t>This policy specifies energy consumption standards, star ratings, and labeling requirements for light commercial air conditioners with a rated capacity above 10,500 Watts and up to and including 18,000 Watts for a single- or three-phase non-ducted split with fixed and variable speed air conditioners and heat pumps employing air cooled condensers being manufactured, commercially purchased, or sold in India.</t>
   </si>
   <si>
     <t>IS 1391:2018 (all amendments)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-policy-light-commercial-air-conditioners</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -478,70 +479,70 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:T2"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="74" bestFit="true" customWidth="true" style="0"/>
-[...18 lines deleted...]
-    <col min="20" max="20" width="107" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="74.268" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="74.268" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="70.697" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="484.739" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="42.418" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="17" max="17" width="76.553" bestFit="true" customWidth="true" style="0"/>
+    <col min="18" max="18" width="483.596" bestFit="true" customWidth="true" style="0"/>
+    <col min="19" max="19" width="35.277" bestFit="true" customWidth="true" style="0"/>
+    <col min="20" max="20" width="107.26" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:20">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
@@ -623,82 +624,83 @@
         <v>29</v>
       </c>
       <c r="N2" t="s">
         <v>30</v>
       </c>
       <c r="O2" t="s">
         <v>31</v>
       </c>
       <c r="P2" t="s">
         <v>32</v>
       </c>
       <c r="Q2" t="s">
         <v>33</v>
       </c>
       <c r="R2" t="s">
         <v>34</v>
       </c>
       <c r="S2" t="s">
         <v>35</v>
       </c>
       <c r="T2" t="s">
         <v>36</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Worksheet</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>