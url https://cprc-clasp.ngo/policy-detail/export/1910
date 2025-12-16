--- v0 (2025-10-15)
+++ v1 (2025-12-16)
@@ -17,51 +17,51 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="36">
   <si>
     <t>title</t>
   </si>
   <si>
-    <t>field_unofficial_name</t>
+    <t>Policy Name</t>
   </si>
   <si>
     <t>Source</t>
   </si>
   <si>
     <t>Policy Description</t>
   </si>
   <si>
     <t>Adopted Date</t>
   </si>
   <si>
     <t>Region</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Changed</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
@@ -86,123 +86,124 @@
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Scope</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
     <t>Efficiency Policy for Deep Freezers</t>
   </si>
   <si>
     <t>https://www.beestarlabel.com/Content/Files/Deep_Freezer_Regulations.pdf</t>
   </si>
   <si>
     <t>Asia and Pacific</t>
   </si>
   <si>
     <t>India</t>
   </si>
   <si>
-    <t>Wed, 12/18/2024 - 16:37</t>
+    <t>Tue, 11/04/2025 - 21:09</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>December 2024</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>Freezers-only</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Bureau of Energy Efficiency (BEE)  ( https://beestarlabel.com/ )</t>
   </si>
   <si>
     <t>This policy specifies energy consumption standards, star ratings, and labeling requirements for deep freezers being manufactured, commercially purchased, or sold in India. It applies to deep freezers of the vapour compression type having a storage volume of up to and including 1000 litres.</t>
   </si>
   <si>
     <t>IS 7872 (all amendments)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/efficiency-policy-deep-freezers</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -474,70 +475,70 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:T2"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="42" bestFit="true" customWidth="true" style="0"/>
-[...18 lines deleted...]
-    <col min="20" max="20" width="75" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="42.418" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="42.418" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="84.836" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="22.28" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="42.418" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="17" max="17" width="76.553" bestFit="true" customWidth="true" style="0"/>
+    <col min="18" max="18" width="343.202" bestFit="true" customWidth="true" style="0"/>
+    <col min="19" max="19" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="20" max="20" width="75.41" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:20">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
@@ -619,82 +620,83 @@
         <v>28</v>
       </c>
       <c r="N2" t="s">
         <v>29</v>
       </c>
       <c r="O2" t="s">
         <v>30</v>
       </c>
       <c r="P2" t="s">
         <v>31</v>
       </c>
       <c r="Q2" t="s">
         <v>32</v>
       </c>
       <c r="R2" t="s">
         <v>33</v>
       </c>
       <c r="S2" t="s">
         <v>34</v>
       </c>
       <c r="T2" t="s">
         <v>35</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Worksheet</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>