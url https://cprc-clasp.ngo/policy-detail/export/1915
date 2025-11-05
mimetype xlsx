--- v0 (2025-10-13)
+++ v1 (2025-11-05)
@@ -17,51 +17,51 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="33">
   <si>
     <t>title</t>
   </si>
   <si>
-    <t>field_unofficial_name</t>
+    <t>Policy Name</t>
   </si>
   <si>
     <t>Source</t>
   </si>
   <si>
     <t>Policy Description</t>
   </si>
   <si>
     <t>Adopted Date</t>
   </si>
   <si>
     <t>Region</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Changed</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
@@ -89,111 +89,112 @@
   <si>
     <t>Scope</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
     <t>Voluntary ecodesign scheme for imaging equipment</t>
   </si>
   <si>
     <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A52013DC0023</t>
   </si>
   <si>
     <t>Europe, European Union</t>
   </si>
   <si>
     <t>Tue, 09/05/2023 - 10:46</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>September 2023</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>Imaging Equipment</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>The voluntary agreement concluded by the industry lays down specific ecodesign requirements for imaging equipment placed on the EU market. The products covered by the agreement are also subject to the ENERGY STAR voluntary energy labelling programme, which lays down energy labelling requirements for different office equipment, including imaging equipment. As required by the Ecodesign Directive, the signatories to this voluntary scheme represent a large majority of the relevant economic sector. Under the agreement, each signatory undertook that at least 90 % of all imaging equipment models it places on the market would comply with the minimum efficiency requirements in terms of TEC (typical energy consumption) and OM (operational mode). Furthermore, all printing products should offer the ‘N-up printing’ capability as a standard feature and should comply with the requirements for cartridges (e.g. the design should not prevent the reuse/recycling and use of cartridges of other producers). All new products should also comply with the requirements for recycling (e.g. easy disassembly and marking of plastics). Finally, the signatories undertook to comply with the specific information requirements (e.g. information on resource and energy efficiency).</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/voluntary-ecodesign-scheme-imaging-equipment</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -465,70 +466,70 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:T2"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="57" bestFit="true" customWidth="true" style="0"/>
-[...18 lines deleted...]
-    <col min="20" max="20" width="90" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="57.7" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="57.7" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="84.836" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="22.28" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="8.141" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="26.993" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="42.418" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="17" max="17" width="22.28" bestFit="true" customWidth="true" style="0"/>
+    <col min="18" max="18" width="1491.065" bestFit="true" customWidth="true" style="0"/>
+    <col min="19" max="19" width="23.423" bestFit="true" customWidth="true" style="0"/>
+    <col min="20" max="20" width="90.692" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:20">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
@@ -602,82 +603,83 @@
       <c r="L2" t="s">
         <v>26</v>
       </c>
       <c r="M2" t="s">
         <v>27</v>
       </c>
       <c r="N2" t="s">
         <v>28</v>
       </c>
       <c r="O2" t="s">
         <v>29</v>
       </c>
       <c r="P2" t="s">
         <v>30</v>
       </c>
       <c r="Q2"/>
       <c r="R2" t="s">
         <v>31</v>
       </c>
       <c r="S2"/>
       <c r="T2" t="s">
         <v>32</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Worksheet</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>