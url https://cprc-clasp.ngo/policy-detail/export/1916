--- v0 (2025-10-15)
+++ v1 (2025-12-12)
@@ -17,51 +17,51 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="34">
   <si>
     <t>title</t>
   </si>
   <si>
-    <t>field_unofficial_name</t>
+    <t>Policy Name</t>
   </si>
   <si>
     <t>Source</t>
   </si>
   <si>
     <t>Policy Description</t>
   </si>
   <si>
     <t>Adopted Date</t>
   </si>
   <si>
     <t>Region</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Changed</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
@@ -77,128 +77,129 @@
   <si>
     <t>Products Covered</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Requirements</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Scope</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
     <t>Voluntary ecodesign scheme for games consoles</t>
   </si>
   <si>
-    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?qid=1432808656922&amp;uri=CELEX%3A5…</t>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?qid=1432808656922&amp;uri=CELEX%3A52015DC0178</t>
   </si>
   <si>
     <t>Europe</t>
   </si>
   <si>
     <t>European Union</t>
   </si>
   <si>
     <t>Tue, 09/05/2023 - 11:07</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>September 2023</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>Other-Electronics</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Companies active in the games consoles market have proposed a voluntary agreement laying down specific ecodesign requirements for games consoles models placed on the EU market, which use more than 20 Watts in active game mode. The voluntary scheme was agreed by the signatories in April 2014.
 Under the agreement, each signatory undertakes that at least 90 % of all games consoles that they place on the market would comply with the applicable minimum energy efficiency requirements.
 The agreement includes requirements on auto power down settings, limits on energy use in standby (0.5 W), navigation (40 W), and media streaming modes (50 W), and some product information requirements.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/voluntary-ecodesign-scheme-games-consoles</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -470,70 +471,70 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:T2"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="54" bestFit="true" customWidth="true" style="0"/>
-[...18 lines deleted...]
-    <col min="20" max="20" width="87" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="54.13" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="54.13" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="106.117" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="22.28" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="8.141" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="17.567" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="42.418" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="17" max="17" width="22.28" bestFit="true" customWidth="true" style="0"/>
+    <col min="18" max="18" width="345.487" bestFit="true" customWidth="true" style="0"/>
+    <col min="19" max="19" width="23.423" bestFit="true" customWidth="true" style="0"/>
+    <col min="20" max="20" width="87.122" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:20">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
@@ -609,82 +610,83 @@
       <c r="L2" t="s">
         <v>27</v>
       </c>
       <c r="M2" t="s">
         <v>28</v>
       </c>
       <c r="N2" t="s">
         <v>29</v>
       </c>
       <c r="O2" t="s">
         <v>30</v>
       </c>
       <c r="P2" t="s">
         <v>31</v>
       </c>
       <c r="Q2"/>
       <c r="R2" t="s">
         <v>32</v>
       </c>
       <c r="S2"/>
       <c r="T2" t="s">
         <v>33</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Worksheet</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>