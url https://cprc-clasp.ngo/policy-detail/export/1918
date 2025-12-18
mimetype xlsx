--- v0 (2025-10-13)
+++ v1 (2025-12-18)
@@ -17,51 +17,51 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="34">
   <si>
     <t>title</t>
   </si>
   <si>
-    <t>field_unofficial_name</t>
+    <t>Policy Name</t>
   </si>
   <si>
     <t>Source</t>
   </si>
   <si>
     <t>Policy Description</t>
   </si>
   <si>
     <t>Adopted Date</t>
   </si>
   <si>
     <t>Region</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Changed</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
@@ -92,116 +92,117 @@
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
     <t>Commission Regulation (EU) 2023/1670 of 16 June 2023 laying down ecodesign requirements for smartphones &amp; mobile phones</t>
   </si>
   <si>
     <t>Commission Regulation (EU) 2023/1670 of 16 June 2023 laying down ecodesign requirements for smartphones, mobile phones other than smartphones, cordless phones and slate tablets pursuant to Directive 2009/125/EC of the European Parliament and of the Council and amending Commission Regulation (EU) 2023/826.</t>
   </si>
   <si>
     <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32023R1670</t>
   </si>
   <si>
     <t>Europe, European Union</t>
   </si>
   <si>
     <t>Fri, 05/02/2025 - 09:13</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>September 2023</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>Electronics, Information Technology, Phones and tablets</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>This Regulation establishes ecodesign requirements for the placing on the market of smartphones, other mobile phones, cordless phones and slate tablets.
 These requirements include rules for the availability of spare parts, access to repair and maintenance information, maximum delivery time of spare parts, information on the price of spart parts, disassembly, reliability, and recyclability.  
 This Regulation does not apply to the following products:
 (a) mobile phones and tablets with a flexible main display which the user can unroll and roll up partly or fully.
 (b) smartphones for high security communication.
 This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2030.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-20231670-16-june-2023-laying-down-ecodesign-requirements</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -473,70 +474,70 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:T2"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="141" bestFit="true" customWidth="true" style="0"/>
-[...18 lines deleted...]
-    <col min="20" max="20" width="134" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="141.394" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="362.054" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="83.694" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="22.28" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="8.141" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="26.993" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="42.418" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="65.984" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="17" max="17" width="22.28" bestFit="true" customWidth="true" style="0"/>
+    <col min="18" max="18" width="285.359" bestFit="true" customWidth="true" style="0"/>
+    <col min="19" max="19" width="23.423" bestFit="true" customWidth="true" style="0"/>
+    <col min="20" max="20" width="134.396" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:20">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
@@ -610,82 +611,83 @@
       <c r="L2" t="s">
         <v>27</v>
       </c>
       <c r="M2" t="s">
         <v>28</v>
       </c>
       <c r="N2" t="s">
         <v>29</v>
       </c>
       <c r="O2" t="s">
         <v>30</v>
       </c>
       <c r="P2" t="s">
         <v>31</v>
       </c>
       <c r="Q2"/>
       <c r="R2" t="s">
         <v>32</v>
       </c>
       <c r="S2"/>
       <c r="T2" t="s">
         <v>33</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Worksheet</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>